--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="38">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,183 +65,314 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...57 lines deleted...]
-        <v>37</v>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10623868</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>On the Robustness of Machine Learning Training in Security Sensitive Environments</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Severi, Giorgio</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-08-31T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Modern machine learning underpins a large variety of commercial software products, including many cybersecurity solutions. Widely different models, from large transformers
+trained for auto-regressive natural language modeling to gradient boosting forests designed to recognize malicious software, all share a common element: they are trained on an ever increasing quantity of data to achieve impressive performance levels in their tasks. Consequently, the training phase of modern machine learning systems holds dual
+significance: it is pivotal in achieving the expected high-performance levels of these models, and concurrently, it presents a prime attack surface for adversaries striving
+to manipulate the behavior of the final trained system. This dissertation explores the complexities and hidden dangers of training supervised machine learning models in an
+adversarial setting, with a particular focus on models designed for cybersecurity tasks. 
+Guided by the belief that an accurate understanding of the offensive capabilities of the
+adversary is the cornerstone on which to found any successful defensive strategy, the bulk of this thesis is composed by the introduction of novel training-time attacks. We
+start by proposing training-time attack strategies that operate in a clean-label regime, requiring minimal adversarial control over the training process, allowing the attacker to subvert the victim model’s prediction through simple poisoned data dissemination. Leveraging the characteristics of the data domain and model explanation techniques,
+we craft training data perturbations that stealthily subvert malicious software classifiers. We then shift the focus of our analysis on the long-standing problem of network
+flow traffic classification. In this context we develop new poisoning strategies that work around the constraints of the data domain through different strategies, including generative modeling. Finally, we examine unusual attack vectors, when the adversary is capable of tampering with different elements of the training process, such as the network connections during a federated learning protocol. We show that such an attacker can induce targeted performance degradation through strategic network interference, while maintaining stable the performance of the victim model on other data instances. We conclude by investigating mitigation techniques designed to target these insidious clean-label backdoor attacks in the cybersecurity domain.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2331081</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Dissertation</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>https://repository.library.northeastern.edu/files/neu:ms35v291c</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t>Northeastern University</t>
+        </is>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>