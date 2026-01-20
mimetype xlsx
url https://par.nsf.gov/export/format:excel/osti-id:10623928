--- v0 (2025-11-01)
+++ v1 (2026-01-20)
@@ -110,51 +110,51 @@
   <si>
     <t>10623928</t>
   </si>
   <si>
     <t>https://doi.org/10.26434/chemrxiv-2025-jr3xj</t>
   </si>
   <si>
     <t>Sulfonyl fluoride activation via S-F and C-S bond cleavage by a Ni(0) bis-bidentate N- heterocyclic carbene complex</t>
   </si>
   <si>
     <t>Chavarin, Ethan B; Marr, Zoe Y; Brannon, Jacob P; Antonini_Bertolazzo, Andressa; Barding, Gregory A; Ball, Nicholas D; Stieber, S_Chantal E</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2025-04-17T04:00:00Z</t>
   </si>
   <si>
     <t>&lt;p&gt;This work investigates possible mechanisms and intermediates in the reactivity of p-toluenesulfonyl fluoride with a new bidentate N-heterocyclic carbene (NHC) nickel complex, (MesNHC2oXy)Ni(COD) (Mes = 2,4,6-trimethylphenyl, oXy = ortho-xylyl, COD = cyclooctadiene). (MesNHC2oXy)Ni(COD) was synthesized from the corresponding bis(imidazolium) salt precursor, [MesNHC2oXy][Br]2, and both were structurally characterized. (MesNHC2oXy)Ni(COD) reacts with one equivalent of p-toluenesulfonyl fluoride to furnish (MesNHC2oXy)Ni(2-SO2), HF, and ½ equivalent of 4,4’-dimethylbiphenyl. (MesNHC2oXy)Ni(2-SO2) was structurally characterized and has a unique side-on SO2 coordination mode with a Ni-S-O angle of 60.49(5)°. DFT calculations of (MesNHC2oXy)Ni(2-SO2) are consistent with a Ni(II) center and an activated SO2 fragment. DFT calculations also support an initial oxidative addition at either the S-F or S-C positions, which have similar energetics.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2350537</t>
+    <t>2350537; 1847926</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Posted Content</t>
   </si>
   <si>
     <t>ChemRxiv</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>