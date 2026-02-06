--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10624004</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3847/1538-4357/ade0bb</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Precise Age for the Binary HD 21278 in the Young &lt;i&gt;α&lt;/i&gt; Persei Cluster</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Danner, Christopher A; Sandquist, Eric L; Schaefer, Gail H; Bedin, Luigi R; Farrington, Christopher D; Lanthermann, Cyprien; Kraus, Stefan; Klement, Robert; Anugu, Narsireddy; Monnier, John D; Orosz, Jerome A; Codron, Isabelle; Gardner, Tyler; Gutierrez, Mayra; Setterholm, Benjamin R; Jones, Jeremy; Flores, Becky</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-07-17T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>The Astrophysical Journal</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>988</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>113</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0004-637X</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;We present a study of the double-lined spectroscopic binary HD 21278 that contains one of the brightest main-sequence stars in the young&lt;italic&gt;α&lt;/italic&gt;Persei open cluster. We analyzed new spectra and reanalyzed archived spectra to measure precise new radial velocity curves for the binary. We also obtained interferometric data using the CHARA Array at Mount Wilson to measure the sky positions of the two stars and the inclination of the ∼2 mas orbit. We determine that the two stars have masses of 5.381 ± 0.084&lt;italic&gt;M&lt;/italic&gt;&lt;sub&gt;⊙&lt;/sub&gt;and 3.353 ± 0.064&lt;italic&gt;M&lt;/italic&gt;&lt;sub&gt;⊙&lt;/sub&gt;. From isochrone fits, we find the cluster’s age to be 49  ±  7 Myr (using PARSEC models) or 49.5 ± 6 Myr (MIST models). Finally, we revisit the massive white dwarfs that are candidate escapees from the&lt;italic&gt;α&lt;/italic&gt;Persei cluster to try to better characterize the massive end of the white dwarf initial–final mass relation. The implied progenitor masses challenge the idea that Chandrasekhar-mass white dwarfs are made by single stars with masses near 8&lt;italic&gt;M&lt;/italic&gt;&lt;sub&gt;⊙&lt;/sub&gt;.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2034336; 2407956</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>American Astronomical Society / IOP Publishing</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>