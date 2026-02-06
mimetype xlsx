--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,185 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10625086</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3747842</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Mobile-3DCNN: An Acceleration Framework for Ultra-Real-Time Execution of Large 3D CNNs on Mobile Devices</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Niu, Wei; Sun, Mengshu; Li, Zhengang; Chen, Jou-An; Guan, Jiexiong; Shen, Xipeng; Liu, Jun; Zhang, Mei; Wang, Yanzhi; Lin, Xue; Ren, Bin</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-07-22T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>ACM Transactions on Architecture and Code Optimization</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1544-3566</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;It is challenging to deploy 3D Convolutional Neural Networks (3D CNNs) on mobile devices, specifically if both real-time execution and high inference accuracy are in demand, because the increasingly large model size and complex model structure of 3D CNNs usually require tremendous computation and memory resources. Weight pruning is proposed to mitigate this challenge. However, existing pruning is either not compatible with modern parallel architectures, resulting in long inference latency or subject to significant accuracy degradation. This paper proposes an end-to-end 3D CNN acceleration framework based on pruning/compilation co-design called Mobile-3DCNN that consists of two parts: a novel, fine-grained structured pruning enhanced by a prune/Winograd adaptive selection (that is mobile-hardware-friendly and can achieve high pruning accuracy), and a set of compiler optimization and code generation techniques enabled by our pruning (to fully transform the pruning benefit to real performance gains). The evaluation demonstrates that Mobile-3DCNN outperforms state-of-the-art end-to-end DNN acceleration frameworks that support 3D CNN execution on mobile devices, Alibaba Mobile Neural Networks and Pytorch-Mobile with speedup up to 34 × with minor accuracy degradation, proving it is possible to execute high-accuracy large 3D CNNs on mobile devices in real-time (or even ultra-real-time).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2047516; 2428108; 2403090; 2403088</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ACM</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>