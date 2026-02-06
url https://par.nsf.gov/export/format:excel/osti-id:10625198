--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10625198</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3847/1538-4357/add697</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Asteroseismic Structure Inversions of Main-sequence Solar-like Oscillators with Convective Cores</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Buchele, Lynn; Bellinger, Earl P; Hekker, Saskia; Basu, Sarbani</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-07-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>The Astrophysical Journal</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>987</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>97</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0004-637X</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;Asteroseismic inferences of main-sequence solar-like oscillators often rely on best-fit models. However, these models cannot fully reproduce the observed mode frequencies, suggesting that the internal structure of the model does not fully match that of the star. Asteroseismic structure inversions provide a way to test the interior of our stellar models. Recently, structure inversion techniques were used to study 12 stars with radiative cores. In this work, we extend that analysis to 43 main-sequence stars with convective cores observed by Kepler to look for differences in the sound speed profiles in the inner 30% of the star by radius. For around half of our stars, the structure inversions show that our models reproduce the internal structure of the star, where the inversions are sensitive, within the observational uncertainties. For the stars where our inversions reveal significant differences, we find cases where our model sound speed is too high and cases where our model sound speed is too low. We use the star with the most significant differences to explore several changes to the physics of our model in an attempt to resolve the inferred differences. These changes include using a different overshoot prescription and including the effects of diffusion, gravitational settling, and radiative levitation. We find that the resulting changes to the model structure are too small to resolve the differences shown in our inversions.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2205026</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>American Astronomical Society</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>