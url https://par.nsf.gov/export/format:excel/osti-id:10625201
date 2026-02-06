--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10625201</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1007/s10686-025-09985-9</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>The PLATO mission</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Rauer, Heike; Aerts, Conny; Cabrera, Juan; Deleuil, Magali; Erikson, Anders; Gizon, Laurent; Goupil, Mariejo; Heras, Ana; Walloschek, Thomas; Lorenzo-Alvarez, Jose; Marliani, Filippo; Martin-Garcia, César; Mas-Hesse, J Miguel; O’Rourke, Laurence; Osborn, Hugh; Pagano, Isabella; Piotto, Giampaolo; Pollacco, Don; Ragazzoni, Roberto; Ramsay, Gavin; Udry, Stéphane; Appourchaux, Thierry; Benz, Willy; Brandeker, Alexis; Güdel, Manuel; Janot-Pacheco, Eduardo; Kabath, Petr; Kjeldsen, Hans; Min, Michiel; Santos, Nuno; Smith, Alan; Suarez, Juan-Carlos; Werner, Stephanie C; Aboudan, Alessio; Abreu, Manuel; Acuña, Lorena; Adams, Moritz; Adibekyan, Vardan; Affer, Laura; Agneray, François; Agnor, Craig; Aguirre_Børsen-Koch, Victor; Ahmed, Saad; Aigrain, Suzanne; Al-Bahlawan, Ashraf; Alcacera_Gil, Ma_de_los Angeles; Alei, Eleonora; Alencar, Silvia; Alexander, Richard; Alfonso-Garzón, Julia; Alibert, Yann; Allende_Prieto, Carlos; Almeida, Leonardo; Alonso_Sobrino, Roi; Altavilla, Giuseppe; Althaus, Christian; Alvarez_Trujillo, Luis Alonso; Amarsi, Anish; Ammler-von_Eiff, Matthias; Amôres, Eduardo; Andrade, Laerte; Antoniadis-Karnavas, Alexandros; António, Carlos; Aparicio_del_Moral, Beatriz; Appolloni, Matteo; Arena, Claudio; Armstrong, David; Aroca_Aliaga, Jose; Asplund, Martin; Audenaert, Jeroen; Auricchio, Natalia; Avelino, Pedro; Baeke, Ann; Baillié, Kevin; Balado, Ana; Ballber_Balagueró, Pau; Balestra, Andrea; Ball, Warrick; Ballans, Herve; Ballot, Jerome; Barban, Caroline; Barbary, Gaële; Barbieri, Mauro; Barceló_Forteza, Sebastià; Barker, Adrian; Barklem, Paul; Barnes, Sydney; Barrado_Navascues, David; Barragan, Oscar; Baruteau, Clément; Basu, Sarbani; Baudin, Frederic; Baumeister, Philipp; Bayliss, Daniel; Bazot, Michael; Beck, Paul G; Belkacem, Kevin; Bellinger, Earl; Benatti, Serena; Benomar, Othman; Bérard, Diane; Bergemann, Maria; Bergomi, Maria; Bernardo, Pierre; Biazzo, Katia; Bignamini, Andrea; Bigot, Lionel; Billot, Nicolas; Binet, Martin; Biondi, David; Biondi, Federico; Birch, Aaron C; Bitsch, Bertram; Bluhm_Ceballos, Paz Victoria; Bódi, Attila; Bognár, Zsófia; Boisse, Isabelle; Bolmont, Emeline; Bonanno, Alfio; Bonavita, Mariangela; Bonfanti, Andrea; Bonfils, Xavier; Bonito, Rosaria; Bonomo, Aldo Stefano; Börner, Anko; Boro_Saikia, Sudeshna; Borreguero_Martín, Elisa; Borsa, Francesco; Borsato, Luca; Bossini, Diego; Bouchy, Francois; Boué, Gwenaël; Boufleur, Rodrigo; Boumier, Patrick; Bourrier, Vincent; Bowman, Dominic M; Bozzo, Enrico; Bradley, Louisa; Bray, John; Bressan, Alessandro; Breton, Sylvain; Brienza, Daniele; Brito, Ana; Brogi, Matteo; Brown, Beverly; Brown, David_J A; Brun, Allan Sacha; Bruno, Giovanni; Bruns, Michael; Buchhave, Lars A; Bugnet, Lisa; Buldgen, Gaël; Burgess, Patrick; Busatta, Andrea; Busso, Giorgia; Buzasi, Derek; Caballero, José A; Cabral, Alexandre; Cabrero_Gomez, Juan-Francisco; Calderone, Flavia; Cameron, Robert; Cameron, Andrew; Campante, Tiago; Campos_Gestal, Néstor; Canto_Martins, Bruno Leonardo; Cara, Christophe; Carone, Ludmila; Carrasco, Josep Manel; Casagrande, Luca; Casewell, Sarah L; Cassisi, Santi; Castellani, Marco; Castro, Matthieu; Catala, Claude; Catalán_Fernández, Irene; Catelan, Márcio; Cegla, Heather; Cerruti, Chiara; Cessa, Virginie; Chadid, Merieme; Chaplin, William; Charpinet, Stephane; Chiappini, Cristina; Chiarucci, Simone; Chiavassa, Andrea; Chinellato, Simonetta; Chirulli, Giovanni; Christensen-Dalsgaard, Jørgen; Church, Ross; Claret, Antonio; Clarke, Cathie; Claudi, Riccardo; Clermont, Lionel; Coelho, Hugo; Coelho, Joao; Cogato, Fabrizio; Colomé, Josep; Condamin, Mathieu; Conde_García, Fernando; Conseil, Simon; Corbard, Thierry; Correia, Alexandre_C M; Corsaro, Enrico; Cosentino, Rosario; Costes, Jean; Cottinelli, Andrea; Covone, Giovanni; Creevey, Orlagh L; Crida, Aurelien; Csizmadia, Szilard; Cunha, Margarida; Curry, Patrick; da_Costa, Jefferson; da_Silva, Francys; Dalal, Shweta; Damasso, Mario; Damiani, Cilia; Damiani, Francesco; das_Chagas, Maria Liduina; Davies, Melvyn; Davies, Guy; Davies, Ben; Davison, Gary; de_Almeida, Leandro; de_Angeli, Francesca; de_Barros, Susana_Cristina Cabral; de_CastroLeão, Izan; de_Freitas, Daniel Brito; de_Freitas, Marcia Cristina; De_Martino, Domitilla; de_Medeiros, José Renan; de_Paula, Luiz Alberto; de_Pedraza_Gómez, Álvaro; de_Plaa, Jelle; De_Ridder, Joris; Deal, Morgan; Decin, Leen; Deeg, Hans; Degl’Innocenti, Scilla; Deheuvels, Sebastien; del_Burgo, Carlos; Del_Sordo, Fabio; Delgado-Mena, Elisa; Demangeon, Olivier; Denk, Tilmann; Derekas, Aliz; Desert, Jean-Michel; Desidera, Silvano; Dexet, Marc; Di_Criscienzo, Marcella; Di_Giorgio, Anna Maria; Di_Mauro, Maria Pia; Diaz_Rial, Federico Jose; Díaz-García, José-Javier; Dima, Marco; Dinuzzi, Giacomo; Dionatos, Odysseas; Distefano, Elisa; do_Nascimento, Jose-Dias; Domingo, Albert; D’Orazi, Valentina; Dorn, Caroline; Doyle, Lauren; Duarte, Elena; Ducellier, Florent; Dumaye, Luc; Dumusque, Xavier; Dupret, Marc-Antoine; Eggenberger, Patrick; Ehrenreich, David; Eigmüller, Philipp; Eising, Johannes; Emilio, Marcelo; Eriksson, Kjell; Ermocida, Marco; Escate_Giribaldi, Riano Isidoro; Eschen, Yoshi; Espinosa_Yáñez, Lucía; Estrela, Inês; Evans, Dafydd Wyn; Fabbian, Damian; Fabrizio, Michele; Faria, João Pedro; Farina, Maria; Farinato, Jacopo; Feliz, Dax; Feltzing, Sofia; Fenouillet, Thomas; Fernández, Miguel; Ferrari, Lorenza; Ferraz-Mello, Sylvio; Fialho, Fabio; Fienga, Agnes; Figueira, Pedro; Fiori, Laura; Flaccomio, Ettore; Focardi, Mauro; Foley, Steve; Fontignie, Jean; Ford, Dominic; Fornazier, Karin; Forveille, Thierry; Fossati, Luca; Franca, Rodrigo_de Marca; Franco_da_Silva, Lucas; Frasca, Antonio; Fridlund, Malcolm; Furlan, Marco; Gabler, Sarah-Maria; Gaido, Marco; Gallagher, Andrew; Gallego_Sempere, Paloma I; Galli, Emanuele; García, Rafael A; García_Hernández, Antonio; Garcia_Munoz, Antonio; García-Vázquez, Hugo; Garrido_Haba, Rafael; Gaulme, Patrick; Gauthier, Nicolas; Gehan, Charlotte; Gent, Matthew; Georgieva, Iskra; Ghigo, Mauro; Giana, Edoardo; Gill, Samuel; Girardi, Leo; Giuliatti_Winter, Silvia; Giusi, Giovanni; Gomes_da_Silva, João; Gómez_Zazo, Luis Jorge; Gomez-Lopez, Juan Manuel; González_Hernández, Jonay Isai; Gonzalez_Murillo, Kevin; Gonzalo_Melchor, Alejandro; Gorius, Nicolas; Gouel, Pierre-Vincent; Goulty, Duncan; Granata, Valentina; Grenfell, John Lee; Grießbach, Denis; Grolleau, Emmanuel; Grouffal, Salomé; Grziwa, Sascha; Guarcello, Mario Giuseppe; Gueguen, Loïc; Guenther, Eike Wolf; Guilhem, Terrasa; Guillerot, Lucas; Guillot, Tristan; Guiot, Pierre; Guterman, Pascal; Gutiérrez, Antonio; Gutiérrez-Canales, Fernando; Hagelberg, Janis; Haldemann, Jonas; Hall, Cassandra; Handberg, Rasmus; Harrison, Ian; Harrison, Diana L; Hasiba, Johann; Haswell, Carole A; Hatalova, Petra; Hatzes, Artie; Haywood, Raphaelle; Hébrard, Guillaume; Heckes, Frank; Heiter, Ulrike; Hekker, Saskia; Heller, René; Helling, Christiane; Helminiak, Krzysztof; Hemsley, Simon; Heng, Kevin; Herbst, Konstantin; Hermans, Aline; Hermes, JJ; Hidalgo_Torres, Nadia; Hinkel, Natalie; Hobbs, David; Hodgkin, Simon; Hofmann, Karl; Hojjatpanah, Saeed; Houdek, Günter; Huber, Daniel; Huesler, Joseph; Hui-Bon-Hoa, Alain; Huygen, Rik; Huynh, Duc-Dat; Iro, Nicolas; Irwin, Jonathan; Irwin, Mike; Izidoro, André; Jacquinod, Sophie; Jannsen, Nicholas Emborg; Janson, Markus; Jeszenszky, Harald; Jiang, Chen; Jimenez_Mancebo, Antonio José; Jofre, Paula; Johansen, Anders; Johnston, Cole; Jones, Geraint; Kallinger, Thomas; Kálmán, Szilárd; Kanitz, Thomas; Karjalainen, Marie; Karjalainen, Raine; Karoff, Christoffer; Kawaler, Steven; Kawata, Daisuke; Keereman, Arnoud; Keiderling, David; Kennedy, Tom; Kenworthy, Matthew; Kerschbaum, Franz; Kidger, Mark; Kiefer, Flavien; Kintziger, Christian; Kislyakova, Kristina; Kiss, László; Klagyivik, Peter; Klahr, Hubert; Klevas, Jonas; Kochukhov, Oleg; Köhler, Ulrich; Kolb, Ulrich; Koncz, Alexander; Korth, Judith; Kostogryz, Nadiia; Kovács, Gábor; Kovács, József; Kozhura, Oleg; Krivova, Natalie; Kuĉinskas, Arūnas; Kuhlemann, Ilyas; Kupka, Friedrich; Laauwen, Wouter; Labiano, Alvaro; Lagarde, Nadege; Laget, Philippe; Laky, Gunter; Lam, Kristine_Wai Fun; Lambrechts, Michiel; Lammer, Helmut; Lanza, Antonino Francesco; Lanzafame, Alessandro; Lares_Martiz, Mariel; Laskar, Jacques; Latter, Henrik; Lavanant, Tony; Lawrenson, Alastair; Lazzoni, Cecilia; Lebre, Agnes; Lebreton, Yveline; Lecavelier_des_Etangs, Alain; Lee, Katherine; Leinhardt, Zoe; Leleu, Adrien; Lendl, Monika; Leto, Giuseppe; Levillain, Yves; Libert, Anne-Sophie; Lichtenberg, Tim; Ligi, Roxanne; Lignieres, Francois; Lillo-Box, Jorge; Linsky, Jeffrey; Liu, John Scige; Loidolt, Dominik; Longval, Yuying; Lopes, Ilídio; Lorenzani, Andrea; Ludwig, Hans-Guenter; Lund, Mikkel; Lundkvist, Mia Sloth; Luri, Xavier; Maceroni, Carla; Madden, Sean; Madhusudhan, Nikku; Maggio, Antonio; Magliano, Christian; Magrin, Demetrio; Mahy, Laurent; Maibaum, Olaf; Malac-Allain, LeeRoy; Malapert, Jean-Christophe; Malavolta, Luca; Maldonado, Jesus; Mamonova, Elena; Manchon, Louis; Manjón, Andres; Mann, Andrew; Mantovan, Giacomo; Marafatto, Luca; Marconi, Marcella; Mardling, Rosemary; Marigo, Paola; Marinoni, Silvia; Marques, Rico; Marques, Joao Pedro; Marrese, Paola Maria; Marshall, Douglas; Martínez_Perales, Silvia; Mary, David; Marzari, Francesco; Masana, Eduard; Mascher, Andrina; Mathis, Stéphane; Mathur, Savita; Martín_Vodopivec, Iris; Mattiuci_Figueiredo, Ana Carolina; Maxted, Pierre_F L; Mazeh, Tsevi; Mazevet, Stephane; Mazzei, Francesco; McCormac, James; McMillan, Paul; Menou, Lucas; Merle, Thibault; Meru, Farzana; Mesa, Dino; Messina, Sergio; Mészáros, Szabolcs; Meunier, Nadége; Meunier, Jean-Charles; Micela, Giuseppina; Michaelis, Harald; Michel, Eric; Michielsen, Mathias; Michtchenko, Tatiana; Miglio, Andrea; Miguel, Yamila; Milligan, David; Mirouh, Giovanni; Mitchell, Morgan; Moedas, Nuno; Molendini, Francesca; Molnár, László; Mombarg, Joey; Montalban, Josefina; Montalto, Marco; Monteiro, Mário_J_P_F G; Montoro_Sánchez, Francisco; Morales, Juan Carlos; Morales-Calderon, Maria; Morbidelli, Alessandro; Mordasini, Christoph; Moreau, Chrystel; Morel, Thierry; Morello, Giuseppe; Morin, Julien; Mortier, Annelies; Mosser, Benoît; Mourard, Denis; Mousis, Olivier; Moutou, Claire; Mowlavi, Nami; Moya, Andrés; Muehlmann, Prisca; Muirhead, Philip; Munari, Matteo; Musella, Ilaria; Mustill, Alexander James; Nardetto, Nicolas; Nardiello, Domenico; Narita, Norio; Nascimbeni, Valerio; Nash, Anna; Neiner, Coralie; Nelson, Richard P; Nettelmann, Nadine; Nicolini, Gianalfredo; Nielsen, Martin; Niemi, Sami-Matias; Noack, Lena; Noels-Grotsch, Arlette; Noll, Anthony; Norazman, Azib; Norton, Andrew J; Nsamba, Benard; Ofir, Aviv; Ogilvie, Gordon; Olander, Terese; Olivetto, Christian; Olofsson, Göran; Ong, Joel; Ortolani, Sergio; Oshagh, Mahmoudreza; Ottacher, Harald; Ottensamer, Roland; Ouazzani, Rhita-Maria; Paardekooper, Sijme-Jan; Pace, Emanuele; Pajas, Miriam; Palacios, Ana; Palandri, Gaelle; Palle, Enric; Paproth, Carsten; Parro, Vanderlei; Parviainen, Hannu; Pascual_Granado, Javier; Passegger, Vera Maria; Pastor-Morales, Carmen; Pätzold, Martin; Pedersen, May Gade; Pena_Hidalgo, David; Pepe, Francesco; Pereira, Filipe; Persson, Carina M; Pertenais, Martin; Peter, Gisbert; Petit, Antoine C; Petit, Pascal; Pezzuto, Stefania; Pichierri, Gabriele; Pietrinferni, Adriano; Pinheiro, Fernando; Pinsonneault, Marc; Plachy, Emese; Plasson, Philippe; Plez, Bertrand; Poppenhaeger, Katja; Poretti, Ennio; Portaluri, Elisa; Portell, Jordi; Porto_de_Mello, Gustavo Frederico; Poyatos, Julien; Pozuelos, Francisco J; Prada_Moroni, Pier Giorgio; Pricopi, Dumitru; Prisinzano, Loredana; Quade, Matthias; Quirrenbach, Andreas; Rabanal_Reina, Julio Arturo; Rabello_Soares, Maria Cristina; Raimondo, Gabriella; Rainer, Monica; Ramón_Rodón, Jose; Ramón-Ballesta, Alejandro; Ramos_Zapata, Gonzalo; Rätz, Stefanie; Rauterberg, Christoph; Redman, Bob; Redmer, Ronald; Reese, Daniel; Regibo, Sara; Reiners, Ansgar; Reinhold, Timo; Renie, Christian; Ribas, Ignasi; Ribeiro, Sergio; Ricciardi, Thiago Pereira; Rice, Ken; Richard, Olivier; Riello, Marco; Rieutord, Michel; Ripepi, Vincenzo; Rixon, Guy; Rockstein, Steve; Rodón_Ortiz, José Ramón; Rodrigo_Rodríguez, María Teresa; Rodríguez_Amor, Alberto; Rodríguez_Díaz, Luisa Fernanda; Rodriguez_Garcia, Juan Pablo; Rodriguez-Gomez, Julio; Roehlly, Yannick; Roig, Fernando; Rojas-Ayala, Bárbara; Rolf, Tobias; Rørsted, Jakob Lysgaard; Rosado, Hugo; Rosotti, Giovanni; Roth, Olivier; Roth, Markus; Rousseau, Alex; Roxburgh, Ian; Roy, Fabrice; Royer, Pierre; Ruane, Kirk; Rufini_Mastropasqua, Sergio; Ruiz_de_Galarreta, Claudia; Russi, Andrea; Saar, Steven; Saillenfest, Melaine; Salaris, Maurizio; Salmon, Sebastien; Saltas, Ippocratis; Samadi, Réza; Samadi, Aunia; Samra, Dominic; Sanches_da_Silva, Tiago; Sánchez_Carrasco, Miguel Andrés; Santerne, Alexandre; Santiago_Pé, Amaia; Santoli, Francesco; Santos, Ängela_R G; Sanz_Mesa, Rosario; Sarro, Luis Manuel; Scandariato, Gaetano; Schäfer, Martin; Schlafly, Edward; Schmider, François-Xavier; Schneider, Jean; Schou, Jesper; Schunker, Hannah; Schwarzkopf, Gabriel Jörg; Serenelli, Aldo; Seynaeve, Dries; Shan, Yutong; Shapiro, Alexander; Shipman, Russel; Sicilia, Daniela; Sierra_sanmartin, Maria Angeles; Sigot, Axelle; Silliman, Kyle; Silvotti, Roberto; Simon, Attila E; Simoyama_Napoli, Ricardo; Skarka, Marek; Smalley, Barry; Smiljanic, Rodolfo; Smit, Samuel; Smith, Alexis; Smith, Leigh; Snellen, Ignas; Sódor, Ádám; Sohl, Frank; Solanki, Sami K; Sortino, Francesca; Sousa, Sérgio; Southworth, John; Souto, Diogo; Sozzetti, Alessandro; Stamatellos, Dimitris; Stassun, Keivan; Steller, Manfred; Stello, Dennis; Stelzer, Beate; Stiebeler, Ulrike; Stokholm, Amalie; Storelvmo, Trude; Strassmeier, Klaus; Strøm, Paul Anthony; Strugarek, Antoine; Sulis, Sophia; Švanda, Michal; Szabados, László; Szabó, Róbert; Szabó, Gyula M; Szuszkiewicz, Ewa; Talens, Geert Jan; Teti, Daniele; Theisen, Tom; Thévenin, Frédéric; Thoul, Anne; Tiphene, Didier; Titz-Weider, Ruth; Tkachenko, Andrew; Tomecki, Daniel; Tonfat, Jorge; Tosi, Nicola; Trampedach, Regner; Traven, Gregor; Triaud, Amaury; Trønnes, Reidar; Tsantaki, Maria; Tschentscher, Matthias; Turin, Arnaud; Tvaruzka, Adam; Ulmer, Bernd; Ulmer-Moll, Solène; Ulusoy, Ceren; Umbriaco, Gabriele; Valencia, Diana; Valentini, Marica; Valio, Adriana; Valverde_Guijarro, Ángel Luis; Van_Eylen, Vincent; Van_Grootel, Valerie; van_Kempen, Tim A; Van_Reeth, Timothy; Van_Zelst, Iris; Vandenbussche, Bart; Vasiliou, Konstantinos; Vasilyev, Valeriy; Vaz_de_Mascarenhas, David; Vazan, Allona; Vela_Nunez, Marina; Velloso, Eduardo Nunes; Ventura, Rita; Ventura, Paolo; Venturini, Julia; Vera_Trallero, Isabel; Veras, Dimitri; Verdugo, Eva; Verma, Kuldeep; Vibert, Didier; Vicanek_Martinez, Tobias; Vida, Krisztián; Vigan, Arthur; Villacorta, Antonio; Villaver, Eva; Villaverde_Aparicio, Marcos; Viotto, Valentina; Vorobyov, Eduard; Vorontsov, Sergey; Wagner, Frank W; Walton, Nicholas; Walton, Dave; Wang, Haiyang; Waters, Rens; Watson, Christopher; Wedemeyer, Sven; Weeks, Angharad; Weingrill, Jörg; Weiss, Annita; Wendler, Belinda; West, Richard; Westerdorff, Karsten; Westphal, Pierre-Amaury; Wheatley, Peter; White, Tim; Whittaker, Amadou; Wickhusen, Kai; Wilson, Thomas; Windsor, James; Winter, Othon; Winther, Mark Lykke; Winton, Alistair; Witteck, Ulrike; Witzke, Veronika; Woitke, Peter; Wolter, David; Wuchterl, Günther; Wyatt, Mark; Yang, Dan; Yu, Jie; Zanmar_Sanchez, Ricardo; Zapatero_Osorio, María Rosa; Zechmeister, Mathias; Zhou, Yixiao; Ziemke, Claas; Zwintz, Konstanze; Böhm, Torsten; Dansac, Léo Michel</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-06-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Experimental Astronomy</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>59</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0922-6435</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;PLATO (PLAnetary Transits and Oscillations of stars) is ESA’s M3 mission designed to detect and characterise extrasolar planets and perform asteroseismic monitoring of a large number of stars. PLATO will detect small planets (down to &lt;2R&lt;inline-formula&gt;&lt;alternatives&gt;&lt;tex-math&gt;$$_\textrm{Earth}$$&lt;/tex-math&gt;&lt;math&gt;&lt;mmultiscripts&gt;&lt;mrow/&gt;&lt;mtext&gt;Earth&lt;/mtext&gt;&lt;mrow/&gt;&lt;/mmultiscripts&gt;&lt;/math&gt;&lt;/alternatives&gt;&lt;/inline-formula&gt;) around bright stars (&lt;11 mag), including terrestrial planets in the habitable zone of solar-like stars. With the complement of radial velocity observations from the ground, planets will be characterised for their radius, mass, and age with high accuracy (5%, 10%, 10% for an Earth-Sun combination respectively). PLATO will provide us with a large-scale catalogue of well-characterised small planets up to intermediate orbital periods, relevant for a meaningful comparison to planet formation theories and to better understand planet evolution. It will make possible comparative exoplanetology to place our Solar System planets in a broader context. In parallel, PLATO will study (host) stars using asteroseismology, allowing us to determine the stellar properties with high accuracy, substantially enhancing our knowledge of stellar structure and evolution. The payload instrument consists of 26 cameras with 12cm aperture each. For at least four years, the mission will perform high-precision photometric measurements. Here we review the science objectives, present PLATO‘s target samples and fields, provide an overview of expected core science performance as well as a description of the instrument and the mission profile towards the end of the serial production of the flight cameras. PLATO is scheduled for a launch date end 2026. This overview therefore provides a summary of the mission to the community in preparation of the upcoming operational phases.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2205026</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Springer</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>