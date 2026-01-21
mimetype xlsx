--- v0 (2025-11-02)
+++ v1 (2026-01-21)
@@ -125,51 +125,51 @@
   <si>
     <t>2025-01-01T05:00:00Z</t>
   </si>
   <si>
     <t>The Cryosphere</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>1775 to 1788</t>
   </si>
   <si>
     <t>1994-0424</t>
   </si>
   <si>
     <t>Ocean temperatures have warmed in the fjords surrounding the Greenland Ice Sheet, causing increased melt along their ice fronts and rapid glacier retreat and contributing to rising global sea levels. However, there are many physical mechanisms that can mediate the glacier response to ocean warming and variability. Warm ocean waters can directly cause melt at horizontal and vertical ice interfaces or promote iceberg calving by weakening proglacial melange or undercutting the glacier front. Sermeq Kujalleq (also known as Jakobshavn Isbræ) is the largest and fastest glacier in Greenland and has undergone substantial retreat, which started in the late 1990s. In this study, we use an ensemble modeling approach to disentangle the dominant mechanisms that drive the retreat of Sermeq Kujalleq. Within this ensemble, we vary the sensitivity of three different glaciological parameters to ocean temperature: frontal melt, subshelf melt, and a calving-stress threshold. Comparing results to the observed retreat behavior from 1985 to 2018, we select a best-fitting simulation which reproduces the observed retreat well. In this simulation, the arrival of warm water at the front of Sermeq Kujalleq in the late 1990s led to enhanced rates of subshelf melt, triggering the disintegration of the floating ice tongue over a decade. The recession of the calving front into a substantially deeper bed trough around 2010 accelerated the calving-driven retreat, which continued nearly unabated despite local ocean cooling in 2016. An extended ensemble of simulations with varying calving thresholds shows evidence of hysteresis in the calving rate, which can only be inhibited by a substantial increase in the calving-stress threshold beyond the values suggested for the historical period. Our findings indicate that accurate simulation of rapid calving-driven glacier retreats requires more sophisticated models of iceberg mélange and calving evolution coupled to ice flow models.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2025692</t>
+    <t>2025692; 2127246</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Copernicus</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>