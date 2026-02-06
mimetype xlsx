--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10626612</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1038/s41586-025-08760-2</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Acoustic modes in M67 cluster stars trace deepening convective envelopes</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Reyes, Claudia; Stello, Dennis; Ong, Joel; Lindsay, Christopher; Hon, Marc; Bedding, Timothy R</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-04-10T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Nature</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>640</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>8058</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>338 to 342</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0028-0836</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;Acoustic oscillations in stars are sensitive to stellar interiors&lt;sup&gt;1&lt;/sup&gt;. Frequency differences between overtone modes—large separations—probe stellar density&lt;sup&gt;2&lt;/sup&gt;, whereas differences between low-degree modes—small separations—probe the sound-speed gradient in the energy-generating core of main-sequence Sun-like stars&lt;sup&gt;3&lt;/sup&gt;, and hence their ages. At later phases of stellar evolution, characterized by inert cores, small separations are believed to lose much of their power to probe deep interiors and become proportional to large separations&lt;sup&gt;4,5&lt;/sup&gt;. Here we present evidence of a rapidly evolving convective zone as stars evolve from the subgiant phase into red giants. By measuring acoustic oscillations in 27 stars from the open cluster M67, we observe deviations of proportionality between small and large separations, which are caused by the influence of the bottom of the convective envelope. These deviations become apparent as the convective envelope penetrates deep into the star during subgiant and red giant evolutions, eventually entering an ultradeep regime that leads to the red-giant-branch luminosity bump. The tight sequence of cluster stars, free of large spreads in ages and fundamental properties, is essential for revealing the connection between the observed small separations and the chemical discontinuities occurring at the bottom of the convective envelope. We use this sequence to show that combining large and small separations can improve estimations of the masses and ages of field stars well after the main sequence.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2205026</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Springer Nature</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>