--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10626757</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1051/0004-6361/202555235</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Origin of the ring ellipticity in the black hole images of M87 &lt;sup&gt;*&lt;/sup&gt;</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Dahale, Rohan; Cho, Ilje; Moriyama, Kotaro; Wiik, Kaj; Tiede, Paul; Gómez, José L; Chan, Chi-kwan; Gold, Roman; Bernshteyn, Vadim Y; Foschi, Marianna; Jeter, Britton; Pu, Hung-Yi; Georgiev, Boris; Joshi, Abhishek V; Cruz-Osorio, Alejandro; Natarajan, Iniyan; Broderick, Avery E; Salas, León_D S; Chatterjee, Koushik; Akiyama, Kazunori; Albentosa-Ruíz, Ezequiel; Alberdi, Antxon; Alef, Walter; Algaba, Juan Carlos; Anantua, Richard; Asada, Keiichi; Azulay, Rebecca; Bach, Uwe; Baczko, Anne-Kathrin; Ball, David; Baloković, Mislav; Bandyopadhyay, Bidisha; Barrett, John; Bauböck, Michi; Benson, Bradford A; Bintley, Dan; Blackburn, Lindy; Blundell, Raymond; Bouman, Katherine L; Bower, Geoffrey C; Bremer, Michael; Brissenden, Roger; Britzen, Silke; Broguiere, Dominique; Bronzwaer, Thomas; Bustamante, Sandra; Ferreira_Carlos, Douglas; Carlstrom, John E; Chael, Andrew; Chang, Dominic O; Chatterjee, Shami; Chen, Ming-Tang; Chen, Yongjun; Cheng, Xiaopeng; Christian, Pierre; Conroy, Nicholas S; Conway, John E; Crawford, Thomas M; Crew, Geoffrey B; Cui, Yuzhu; Curd, Brandon; Davelaar, Jordy; De_Laurentis, Mariafelicia; Deane, Roger; Dempsey, Jessica; Desvignes, Gregory; Dexter, Jason; Dhruv, Vedant; Dihingia, Indu K; Doeleman, Sheperd S; Dzib, Sergio A; Eatough, Ralph P; Emami, Razieh; Falcke, Heino; Farah, Joseph; Fish, Vincent L; Fomalont, Edward; Ford, H Alyson; Fraga-Encinas, Raquel; Freeman, William T; Friberg, Per; Fromm, Christian M; Fuentes, Antonio; Galison, Peter; Gammie, Charles F; García, Roberto; Gentaz, Olivier; Geertsema, Gertie; Goddi, Ciriaco; Gómez-Ruiz, Arturo I; Gu, Minfeng; Gurwell, Mark; Hada, Kazuhiro; Haggard, Daryl; Hesper, Ronald; Heumann, Dirk; Ho, Luis C; Ho, Paul; Honma, Mareki; Huang, Chih-Wei L; Huang, Lei; Hughes, David H; Ikeda, Shiro; Impellizzeri, C_M Violette; Inoue, Makoto; Issaoun, Sara; James, David J; Jannuzi, Buell T; Janssen, Michael; Jiang, Wu; Jiménez-Rosales, Alejandra; Johnson, Michael D; Jorstad, Svetlana; Jones, Adam C; Jung, Taehyun; Karuppusamy, Ramesh; Kawashima, Tomohisa; Keating, Garrett K; Kettenis, Mark; Kim, Dong-Jin; Kim, Jae-Young; Kim, Jongsoo; Kim, Junhan; Kino, Motoki; Koay, Jun Yi; Kocherlakota, Prashant; Kofuji, Yutaro; Koch, Patrick M; Koyama, Shoko; Kramer, Carsten; Kramer, Joana A; Kramer, Michael; Krichbaum, Thomas P; Kuo, Cheng-Yu; La_Bella, Noemi; Lee, Sang-Sung; Levis, Aviad; Li, Zhiyuan; Lico, Rocco; Lindahl, Greg; Lindqvist, Michael; Lisakov, Mikhail; Liu, Jun; Liu, Kuo; Liuzzo, Elisabetta; Lo, Wen-Ping; Lobanov, Andrei P; Loinard, Laurent; Lonsdale, Colin J; Lowitz, Amy E; Lu, Ru-Sen; MacDonald, Nicholas R; Mao, Jirong; Marchili, Nicola; Markoff, Sera; Marrone, Daniel P; Marscher, Alan P; Martí-Vidal, Iván; Matsushita, Satoki; Matthews, Lynn D; Medeiros, Lia; Menten, Karl M; Mizuno, Izumi; Mizuno, Yosuke; Montgomery, Joshua; Moran, James M; Moscibrodzka, Monika; Mulaudzi, Wanga; Müller, Cornelia; Müller, Hendrik; Mus, Alejandro; Musoke, Gibwa; Myserlis, Ioannis; Nagai, Hiroshi; Nagar, Neil M; Nair, Dhanya G; Nakamura, Masanori; Narayanan, Gopal; Nathanail, Antonios; Navarro_Fuentes, Santiago; Neilsen, Joey; Ni, Chunchong; Nowak, Michael A; Oh, Junghwan; Okino, Hiroki; Olivares_Sánchez, Héctor Raúl; Oyama, Tomoaki; Özel, Feryal; Palumbo, Daniel_C M; Paraschos, Georgios Filippos; Park, Jongho; Parsons, Harriet; Patel, Nimesh; Pen, Ue-Li; Pesce, Dominic W; Piétu, Vincent; PopStefanija, Aleksandar; Porth, Oliver; Prather, Ben; Principe, Giacomo; Psaltis, Dimitrios; Ramakrishnan, Venkatessh; Rao, Ramprasad; Rawlings, Mark G; Rezzolla, Luciano; Ricarte, Angelo; Ripperda, Bart; Röder, Jan; Roelofs, Freek; Romero-Cañizales, Cristina; Ros, Eduardo; Roshanineshat, Arash; Rottmann, Helge; Roy, Alan L; Ruiz, Ignacio; Ruszczyk, Chet; Rygl, Kazi_L J; Sánchez, Salvador; Sánchez-Argüelles, David; Sánchez-Portal, Miguel; Sasada, Mahito; Satapathy, Kaushik; Saurabh; Savolainen, Tuomas; Peter_Schloerb, F; Schonfeld, Jonathan; Schuster, Karl-Friedrich; Shao, Lijing; Shen, Zhiqiang; Silpa, Sasikumar; Small, Des; Sohn, Bong Won; SooHoo, Jason; Souccar, Kamal; Stanway, Joshua S; Sun, He; Tazaki, Fumie; Tetarenko, Alexandra J; Tilanus, Remo_P J; Titus, Michael; Toma, Kenji; Torne, Pablo; Toscano, Teresa; Traianou, Efthalia; Trent, Tyler; Trippe, Sascha; Turk, Matthew; van_Bemmel, Ilse; van_Langevelde, Huib Jan; van_Rossum, Daniel R; Vos, Jesse; Wagner, Jan; Ward-Thompson, Derek; Wardle, John; Washington, Jasmin E; Weintroub, Jonathan; Wharton, Robert; Wielgus, Maciek; Witzel, Gunther; Wondrak, Michael F; Wong, George N; Wu, Qingwen; Yadlapalli, Nitika; Yamaguchi, Paul; Yfantis, Aristomenis; Yoon, Doosoo; Young, André; Younsi, Ziri; Yu, Wei; Yuan, Feng; Yuan, Ye-Fei; Zeng, Ai-Ling; Anton_Zensus, J; Zhang, Shuo; Zhao, Guang-Yao; Zhao, Shan-Shan</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-07-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Astronomy &amp; Astrophysics</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>699</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>A279</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0004-6361</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;We investigate the origin of the elliptical ring structure observed in the images of the supermassive black hole M87&lt;sup&gt;*&lt;/sup&gt;, aiming to disentangle contributions from gravitational, astrophysical, and imaging effects. Leveraging the enhanced capabilities of the Event Horizon Telescope (EHT)'s 2018 array, including improved (&lt;italic&gt;u&lt;/italic&gt;,&lt;italic&gt;v&lt;/italic&gt;)-coverage from the Greenland Telescope, we measured the ring's ellipticity using five independent imaging methods, obtaining a consistent average value of&lt;italic&gt;τ&lt;/italic&gt; = 0.08&lt;sub&gt;−0.02&lt;/sub&gt;&lt;sup&gt;+0.03&lt;/sup&gt;with a position angle of&lt;italic&gt;ξ&lt;/italic&gt; = 50.1&lt;sub&gt;−7.6&lt;/sub&gt;&lt;sup&gt;+6.2&lt;/sup&gt; degrees. To interpret this measurement, we compared it to general relativistic magnetohydrodynamic (GRMHD) simulations spanning a wide range of physical parameters including the thermal or nonthermal electron distribution function, spins, and ion-to-electron temperature ratios in both low- and high-density regions. We find no statistically significant correlation between spin and ellipticity in GRMHD images. Instead, we identify a correlation between ellipticity and the fraction of non-ring emission, particularly in nonthermal models and models with higher jet emission. These results indicate that the ellipticity measured from the M87&lt;sup&gt;*&lt;/sup&gt;emission structure is consistent with that expected from simulations of turbulent accretion flows around black holes, where it is dominated by astrophysical effects rather than gravitational ones. Future high-resolution imaging, including space very long baseline interferometry and long-term monitoring, will be essential to isolate gravitational signatures from astrophysical effects.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2332483; 1935980; 2034306; 2034318</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>A&amp;A</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>