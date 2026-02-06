--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10626764</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3847/1538-4357/adcd74</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>SZ–X-Ray Surface Brightness Fluctuations in the SPT-XMM Clusters</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Romero, Charles E; Gaspari, Massimo; Schellenberger, Gerrit; Benson, Bradford A; Bleem, Lindsey E; Bulbul, Esra; Forman, William; Kraft, Ralph; Nulsen, Paul; Reichardt, Christian L; Sarkar, Arnab; Somboonpanyakul, Taweewat; Su, Yuanyuan</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-05-29T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>The Astrophysical Journal</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>985</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>248</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0004-637X</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;The hot plasma in galaxy clusters, the intracluster medium, is expected to be shaped by subsonic turbulent motions, which are key for heating, cooling, and transport mechanisms. The turbulent motions contribute to the nonthermal pressure, which, if not accounted for, consequently imparts a hydrostatic mass bias. Accessing information about turbulent motions is thus of major astrophysical and cosmological interest. Characteristics of turbulent motions can be indirectly accessed through surface brightness fluctuations. This study expands on our pilot investigations of surface brightness fluctuations in the Sunyaev–Zel’dovich and in X-ray data by examining, for the first time, a large sample of 60 clusters using both SPT-SZ and XMM-Newton data and spans the redshift range 0.2 &lt; &lt;italic&gt;z&lt;/italic&gt; &lt; 1.5, thus constraining the respective pressure and density fluctuations within 0.6&lt;italic&gt;R&lt;/italic&gt;&lt;sub&gt;500&lt;/sub&gt;. We deem density fluctuations to be of sufficient quality for 32 clusters, finding mild correlations between the peak of the amplitude spectra of density fluctuations and various dynamical parameters. We infer turbulent velocities from density fluctuations with an average Mach number&lt;inline-formula&gt;&lt;tex-math&gt;&lt;CDATA/&gt;&lt;/tex-math&gt;&lt;math overflow='scroll'&gt;&lt;msub&gt;&lt;mrow&gt;&lt;mi class='MJX-tex-calligraphic' mathvariant='script'&gt;M&lt;/mi&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mspace width='0.1em'/&gt;&lt;mtext&gt;3D&lt;/mtext&gt;&lt;mspace width='0.1em'/&gt;&lt;/mrow&gt;&lt;/msub&gt;&lt;mo&gt;=&lt;/mo&gt;&lt;mn&gt;0.52&lt;/mn&gt;&lt;mo&gt;±&lt;/mo&gt;&lt;mn&gt;0.14&lt;/mn&gt;&lt;/math&gt;&lt;/inline-formula&gt;, in agreement with numerical simulations. For clusters with inferred turbulent Mach numbers from fluctuations in both pressure,&lt;inline-formula&gt;&lt;tex-math&gt;&lt;CDATA/&gt;&lt;/tex-math&gt;&lt;math overflow='scroll'&gt;&lt;msub&gt;&lt;mrow&gt;&lt;mi class='MJX-tex-calligraphic' mathvariant='script'&gt;M&lt;/mi&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mspace width='0.1em'/&gt;&lt;mtext&gt;P&lt;/mtext&gt;&lt;mspace width='0.1em'/&gt;&lt;/mrow&gt;&lt;/msub&gt;&lt;/math&gt;&lt;/inline-formula&gt;, and density,&lt;inline-formula&gt;&lt;tex-math&gt;&lt;CDATA/&gt;&lt;/tex-math&gt;&lt;math overflow='scroll'&gt;&lt;msub&gt;&lt;mrow&gt;&lt;mi class='MJX-tex-calligraphic' mathvariant='script'&gt;M&lt;/mi&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mi&gt;ρ&lt;/mi&gt;&lt;/mrow&gt;&lt;/msub&gt;&lt;/math&gt;&lt;/inline-formula&gt;, we find broad agreement between&lt;inline-formula&gt;&lt;tex-math&gt;&lt;CDATA/&gt;&lt;/tex-math&gt;&lt;math overflow='scroll'&gt;&lt;msub&gt;&lt;mrow&gt;&lt;mi class='MJX-tex-calligraphic' mathvariant='script'&gt;M&lt;/mi&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mspace width='0.1em'/&gt;&lt;mtext&gt;P&lt;/mtext&gt;&lt;mspace width='0.1em'/&gt;&lt;/mrow&gt;&lt;/msub&gt;&lt;/math&gt;&lt;/inline-formula&gt;and&lt;inline-formula&gt;&lt;tex-math&gt;&lt;CDATA/&gt;&lt;/tex-math&gt;&lt;math overflow='scroll'&gt;&lt;msub&gt;&lt;mrow&gt;&lt;mi class='MJX-tex-calligraphic' mathvariant='script'&gt;M&lt;/mi&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mi&gt;ρ&lt;/mi&gt;&lt;/mrow&gt;&lt;/msub&gt;&lt;/math&gt;&lt;/inline-formula&gt;. Our results suggest either a bimodal or a skewed unimodal Mach number distribution, with the majority of clusters being turbulence-dominated (subsonic) while the remainder are shock-dominated (supersonic).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2332483</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ApJ</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>