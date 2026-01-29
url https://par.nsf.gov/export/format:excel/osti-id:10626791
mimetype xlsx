--- v0 (2025-11-02)
+++ v1 (2026-01-29)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10626791</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1029/2025JA033769</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>IMAGE Satellite and Ground‐Based Magnetometer Observations of Large Geomagnetic Disturbances and Rapid Variations in Ionospheric and Vertical Currents</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Engebretson, Mark J; Mende, Stephen B; Weygand, James M; Kebede, Ethiopia H; Ochoa, Jesus A; Tian, Sheng; Steinmetz, Erik S; Moldwin, Mark B; Hartinger, Michael D; Ngwira, Chigomezyo M; Gjerloev, Jesper W</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-08-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Journal of Geophysical Research: Space Physics</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>130</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2169-9380</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;Ultraviolet images of Earth's polar regions obtained by high altitude spacecraft have proved to be immensely useful for documenting numerous features of the aurora and understanding the coupling between Earth's magnetosphere and ionosphere. In this study we have examined images obtained by the far ultraviolet Spectrographic Imager camera on the IMAGE satellite during the first three years of its mission (2000–2002) for comparison with observations of large geomagnetic disturbances (GMDs) by ground‐based magnetometers in eastern Arctic Canada. To our knowledge, this is the first study to investigate the use of high‐altitude imager data to identify the global context of GMDs. We found that rapid auroral motions or localized intensifications visible in these images coincide with regions of large&lt;italic&gt;dB&lt;/italic&gt;/&lt;italic&gt;dt&lt;/italic&gt;as well as localized and closely spaced up/down vertical currents and increased equivalent ionospheric currents, but one of the two events presented did not appear to be related to substorm processes. These magnetic perturbations and currents can appear or disappear in a few tens of seconds, thus highlighting the importance of images with a high cadence.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2027210; 2300579</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>American Geophysical Union</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>