--- v0 (2025-11-01)
+++ v1 (2026-01-20)
@@ -113,51 +113,51 @@
   <si>
     <t>https://doi.org/10.1021/acs.chemmater.5c00514</t>
   </si>
   <si>
     <t>Narrow-Band Electrochromism of Ferrocene-Substituted Rhodamine B</t>
   </si>
   <si>
     <t>Ramasamy_Selvaraju, Varunprasaath; Venta, Roberto; Rajapaksha, Ishanka; Zhang, Junxiang; Barlow, Stephen; Salman, Seyhan; Scott, Colleen N; Marder, Seth R</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2025-07-29T04:00:00Z</t>
   </si>
   <si>
     <t>Chemistry of Materials</t>
   </si>
   <si>
     <t>0897-4756</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2200387</t>
+    <t>2200387; 2215258; 2304919</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>ACS</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>