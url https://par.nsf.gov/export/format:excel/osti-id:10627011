--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,163 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="37">
-[...111 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -177,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10627011</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>SelfCodeAlign: Self-Alignment for Code Generation</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Wei, Yuxiang; Cassano, Federico; Liu, Jiawei; Ding, Yifeng; Jain, Naman; Mueller, Zachary; de_Vries, Harm; von_Werra, Leandro; Guha, Arjun; Zhang, Lingming</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-12-10T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Instruction tuning is a supervised fine-tuning approach that significantly improves the ability of large language models (LLMs) to follow human instructions. For programming tasks, most models are finetuned with costly human-annotated instruction-response pairs or those generated by large, proprietary LLMs, which may not be permitted. We propose SelfCodeAlign, the first fully transparent and permissive pipeline for self-aligning code LLMs without extensive human annotations or distillation. SelfCodeAlign employs the same base model for inference throughout the data generation process. It first extracts diverse coding concepts from high-quality seed snippets to generate new tasks. It then samples multiple responses per task, pairs each with test cases, and validates them in a sandbox environment. Finally, passing examples are selected for instruction tuning. In our primary experiments, we use SelfCodeAlign with CodeQwen1.5-7B to generate a dataset of 74k instruction-response pairs. Finetuning on this dataset leads to a model that achieves a 67.1 pass@1 on HumanEval+, surpassing CodeLlama-70B-Instruct despite being ten times smaller. Across all benchmarks, this finetuned model consistently outperforms the original version trained with OctoPack, the previous state-of-the-art method for instruction tuning without human annotations or distillation. Additionally, we show that SelfCodeAlign is effective across LLMs of various sizes, from 3B to 33B, and that the base models can benefit more from alignment with their own data distribution. We further validate each component’s effectiveness in our pipeline, showing that SelfCodeAlign outperforms both direct distillation from GPT-4o and leading GPT-3.5-based distillation methods, such as OSS-Instruct and Evol-Instruct. SelfCodeAlign has also led to the creation of StarCoder2-Instruct, the first fully transparent, permissively licensed, and self-aligned code LLM that achieves state-of-the-art coding performance. Overall, SelfCodeAlign shows for the first time that a strong instruction-tuned code LLM can result from self-alignment rather than distillation.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2326173</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>NeurIPS 2024</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>