--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10627049</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.46298/THEORETICS.25.12</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>PANDA: Query Evaluation in Submodular Width</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Khamis, Mahmoud Abo; Ngo, Hung Q; Suciu, Dan</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-04-30T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>TheoretiCS</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>Volume 4</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2751-4838</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;In recent years, several information-theoretic upper bounds have been introduced on the output size and evaluation cost of database join queries. These bounds vary in their power depending on both the type of statistics on input relations and the query plans that they support. This motivated the search for algorithms that can compute the output of a join query in times that are bounded by the corresponding information-theoretic bounds. In this paper, we describe PANDA, an algorithm that takes a Shannon-inequality that underlies the bound, and translates each proof step into an algorithmic step corresponding to some database operation. PANDA computes answers to a conjunctive query in time given by the the submodular width plus the output size of the query. The version in this paper represents a significant simplification of the original version [ANS, PODS'17].&lt;/p&gt; &lt;p&gt;Comment: 42 pages. This is the TheoretiCS journal version&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2314527; 2507117</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Theoretics</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>