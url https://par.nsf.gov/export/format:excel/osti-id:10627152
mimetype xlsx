--- v0 (2025-11-02)
+++ v1 (2026-01-19)
@@ -122,51 +122,51 @@
   <si>
     <t/>
   </si>
   <si>
     <t>2025-06-01T04:00:00Z</t>
   </si>
   <si>
     <t>Physical Review D</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>2470-0010</t>
   </si>
   <si>
     <t>&lt;p&gt;Black holes (BHs) with masses between&lt;math display='inline'&gt;&lt;mrow&gt;&lt;mo&gt;∼&lt;/mo&gt;&lt;mn&gt;3&lt;/mn&gt;&lt;mi&gt;–&lt;/mi&gt;&lt;mn&gt;5&lt;/mn&gt;&lt;msub&gt;&lt;mrow&gt;&lt;mi&gt;M&lt;/mi&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mo stretchy='false'&gt;⊙&lt;/mo&gt;&lt;/mrow&gt;&lt;/msub&gt;&lt;/mrow&gt;&lt;/math&gt;, produced by a binary neutron star (BNS) merger, can further pair up with a neutron star or BH and merge again within a Hubble time. However, the astrophysical environments in which this can happen and the rate of such mergers are open questions in astrophysics. Gravitational waves may play an important role in answering these questions. In this context, we discuss the possibility that the primary of the recent LIGO-Virgo-KAGRA binary GW230529_181500 (GW230529, in short) is the product of a previous BNS merger. Invoking numerical relativity (NR)-based fitting formulas that map the binary constituents’ masses and tidal deformabilities to the mass, spin, and kick velocity of the remnant BH, we investigate the potential parents of GW230529’s primary. Our calculations using NR fits based on BNS simulations reveal that the remnant of a high-mass BNS merger similar to GW190425 is consistent with the primary of GW230529. This argument is further strengthened by the gravitational wave-based merger rate estimation of GW190425-like and GW230529-like populations. We show that around 18% (median) of the GW190425-like remnants could become the primary component in GW230529-like mergers. The dimensionless tidal deformability parameter of the heavier neutron star in the parent binary is constrained to&lt;math display='inline'&gt;&lt;mrow&gt;&lt;msubsup&gt;&lt;mrow&gt;&lt;mn&gt;67&lt;/mn&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mo&gt;−&lt;/mo&gt;&lt;mn&gt;61&lt;/mn&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mo&gt;+&lt;/mo&gt;&lt;mn&gt;163&lt;/mn&gt;&lt;/mrow&gt;&lt;/msubsup&gt;&lt;/mrow&gt;&lt;/math&gt;at 90% credibility. Using estimates of the gravitational-wave kick imparted to the remnant, we also discuss the astrophysical environments in which these types of mergers can take place and the implications for their future observations.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2307147; 2308887; 2205920</t>
+    <t>2307147; 2308887; 2205920; 2207638</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>American Physical Society</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>