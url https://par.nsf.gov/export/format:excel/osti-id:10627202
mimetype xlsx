--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10627202</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3847/1538-4357/ade9a1</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>GLIMPSE: An Ultrafaint ≃10 &lt;sup&gt;5&lt;/sup&gt; &lt;i&gt;M&lt;/i&gt; &lt;sub&gt;⊙&lt;/sub&gt; Pop III Galaxy Candidate and First Constraints on the Pop III UV Luminosity Function at &lt;i&gt;z&lt;/i&gt;  ≃  6–7</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Fujimoto, Seiji; Naidu, Rohan P; Chisholm, John; Atek, Hakim; Endsley, Ryan; Kokorev, Vasily; Furtak, Lukas J; Pan, Richard; Liu, Boyuan; Bromm, Volker; Venditti, Alessandra; Visbal, Eli; Sarmento, Richard; Weibel, Andrea; Oesch, Pascal A; Brammer, Gabriel; Schaerer, Daniel; Adamo, Angela; Berg, Danielle A; Bezanson, Rachel; Bouwens, Rychard; Chemerynska, Iryna; Claeyssens, Adélaïde; Dessauges-Zavadsky, Miroslava; Frebel, Anna; Korber, Damien; Labbe, Ivo; Marques-Chaves, Rui; Matthee, Jorryt; McQuinn, Kristen_B W; Muñoz, Julian B; Natarajan, Priyamvada; Saldana-Lopez, Alberto; Suess, Katherine A; Volonteri, Marta; Zitrin, Adi</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-08-04T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>The Astrophysical Journal</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>989</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>46</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0004-637X</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;Detecting the first generation of stars, Population III (Pop III), has been a long-standing goal in astrophysics, yet they remain elusive even in the JWST era. Here we present a novel NIRCam-based selection method for Pop III galaxies, and carefully validate it through completeness and contamination simulations. We systematically search ≃ 500 arcmin&lt;sup&gt;2&lt;/sup&gt;across JWST legacy fields for Pop III candidates, including GLIMPSE, which, assisted by gravitational lensing, has produced JWST’s deepest NIRCam imaging thus far. We discover one promising Pop III galaxy candidate (GLIMPSE-16043) at&lt;inline-formula&gt;&lt;tex-math&gt;&lt;CDATA/&gt;&lt;/tex-math&gt;&lt;math overflow='scroll'&gt;&lt;mi&gt;z&lt;/mi&gt;&lt;mo&gt;=&lt;/mo&gt;&lt;mn&gt;6.5&lt;/mn&gt;&lt;msubsup&gt;&lt;mrow&gt;&lt;mn&gt;0&lt;/mn&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mo&gt;−&lt;/mo&gt;&lt;mn&gt;0.24&lt;/mn&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mo&gt;+&lt;/mo&gt;&lt;mn&gt;0.03&lt;/mn&gt;&lt;/mrow&gt;&lt;/msubsup&gt;&lt;/math&gt;&lt;/inline-formula&gt;, a moderately lensed galaxy (&lt;inline-formula&gt;&lt;tex-math&gt;&lt;CDATA/&gt;&lt;/tex-math&gt;&lt;math overflow='scroll'&gt;&lt;mi&gt;μ&lt;/mi&gt;&lt;mo&gt;=&lt;/mo&gt;&lt;mn&gt;2&lt;/mn&gt;&lt;mo&gt;.&lt;/mo&gt;&lt;msubsup&gt;&lt;mrow&gt;&lt;mn&gt;9&lt;/mn&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mo&gt;−&lt;/mo&gt;&lt;mn&gt;0.2&lt;/mn&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mo&gt;+&lt;/mo&gt;&lt;mn&gt;0.1&lt;/mn&gt;&lt;/mrow&gt;&lt;/msubsup&gt;&lt;/math&gt;&lt;/inline-formula&gt;) with an intrinsic UV magnitude of&lt;inline-formula&gt;&lt;tex-math&gt;&lt;CDATA/&gt;&lt;/tex-math&gt;&lt;math overflow='scroll'&gt;&lt;msub&gt;&lt;mrow&gt;&lt;mi&gt;M&lt;/mi&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mi mathvariant='normal'&gt;UV&lt;/mi&gt;&lt;/mrow&gt;&lt;/msub&gt;&lt;mo&gt;=&lt;/mo&gt;&lt;mo&gt;−&lt;/mo&gt;&lt;mn&gt;15.8&lt;/mn&gt;&lt;msubsup&gt;&lt;mrow&gt;&lt;mn&gt;9&lt;/mn&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mo&gt;−&lt;/mo&gt;&lt;mn&gt;0.14&lt;/mn&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mo&gt;+&lt;/mo&gt;&lt;mn&gt;0.12&lt;/mn&gt;&lt;/mrow&gt;&lt;/msubsup&gt;&lt;/math&gt;&lt;/inline-formula&gt;. It exhibits key Pop III features: strong H&lt;italic&gt;α&lt;/italic&gt;emission (rest-frame EW 2810 ± 550 Å); a Balmer jump; no dust (UV slope&lt;italic&gt;β&lt;/italic&gt; = −2.34 ± 0.36); and undetectable metal lines (e.g., [O&lt;sc&gt;iii&lt;/sc&gt;]; [O&lt;sc&gt;iii&lt;/sc&gt;]/H&lt;italic&gt;β&lt;/italic&gt; &lt; 0.44), implying a gas-phase metallicity of&lt;italic&gt;Z&lt;/italic&gt;&lt;sub&gt;gas&lt;/sub&gt;/&lt;italic&gt;Z&lt;/italic&gt;&lt;sub&gt;⊙&lt;/sub&gt; &lt; 0.5%. These properties indicate the presence of a nascent, metal-deficient young stellar population (&lt;5 Myr) with a stellar mass of ≃10&lt;sup&gt;5&lt;/sup&gt;&lt;italic&gt;M&lt;/italic&gt;&lt;sub&gt;⊙&lt;/sub&gt;. Intriguingly, this source deviates significantly from the extrapolated UV–metallicity relation derived from recent JWST observations at&lt;italic&gt;z&lt;/italic&gt;= 4–10, consistent with UV enhancement by a top-heavy Pop III initial mass function or the presence of an extremely metal-poor active galactic nucleus. We also derive the first observational constraints on the Pop III UV luminosity function at&lt;italic&gt;z&lt;/italic&gt; ≃ 6–7. The volume density of GLIMPSE-16043 (≈10&lt;sup&gt;−4&lt;/sup&gt;cMpc&lt;sup&gt;−3&lt;/sup&gt;) is in excellent agreement with theoretical predictions, independently reinforcing its plausibility. This study demonstrates the power of our novel NIRCam method to finally reveal distant galaxies even more pristine than the Milky Way’s most metal-poor satellites, thereby promising to bring us closer to the first generation of stars than we have ever been before.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2009309; 2307436</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>American Astronomical Society</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>