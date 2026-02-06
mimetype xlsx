--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10627259</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3706598.3714026</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Coach, Data Analyst, and Protector: Exploring Data Practices of Collegiate Coaching Staff</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Brewer, Mollie; Childs, Kevin; Thomas, Spencer; Wilkins, Celeste; Boyer, Kristy Elizabeth; Nichols, Jennifer A; Butler, Kevin RB; Beatty, Garrett F; Ferris, Daniel P</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-04-25T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 13</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t>9798400713941</t>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>A rapidly emerging research community at the intersection of sport and human-computer interaction (SportsHCI) explores how technology can support physically active humans, such as athletes. At highly competitive levels, coaching staff play a central role in the athlete experience by using data to enhance performance, reduce injuries, and foster team success. However, little is known about the practices and needs of these coaching staff. We conducted five focus groups with 17 collegiate coaching staff across three women’s teams and two men’s teams at an elite U.S. university. Our findings show that coaching staff selectively use data with the goal of balancing performance goals, athlete emotional well-being, and privacy. This paper contributes design recommendations to support coaching staff in operating across the data life cycle through gathering, sharing, deciding, acting, and assessing data as they aim to support team success and foster the well-being of student-athletes.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2206950; 2205171</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ACM</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>Yokohama Japan</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>