--- v0 (2025-11-02)
+++ v1 (2026-01-18)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -107,72 +107,66 @@
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10627359</t>
   </si>
   <si>
     <t>https://doi.org/10.1109/CDC56724.2024.10886418</t>
   </si>
   <si>
     <t>Understanding the Impact of Coalitions between EV Charging Stations</t>
   </si>
   <si>
     <t>Kudva, Sukanya; Kulkarni, Kshitij; Maheshwari, Chinmay; Aswani, Anil; Sastry, Shankar</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2024-12-16T05:00:00Z</t>
   </si>
   <si>
     <t>6161 to 6167</t>
   </si>
   <si>
-    <t>979-8-3503-1633-9</t>
-[...1 lines deleted...]
-  <si>
     <t>The rapid growth of electric vehicles (EVs) is driving the expansion of charging infrastructure globally. As charging stations become ubiquitous, their substantial electricity consumption can influence grid operation and electricity pricing. Naturally, some groups of charging stations, which could be jointly operated by a company, may coordinate to decide their charging profile. While coordination among all charging stations is ideal, it is unclear if coordination of some charging stations is better than no coordination. In this paper, we analyze this intermediate regime between no and full coordination of charging stations. We model EV charging as a non-cooperative aggregative game, where each station’s cost is determined by both monetary payments tied to reactive electricity prices on the grid and its sensitivity to deviations from a desired charging profile. We consider a solution concept that we call C-Nash equilibrium, which is tied to a coalition C of charging stations coordinating to reduce their costs. We provide sufficient conditions, in terms of the demand and sensitivity of charging stations, to determine when independent (aka uncoordinated) operation of charging stations could result in lower overall costs to charging stations, coalition and charging stations outside the coalition. Somewhat counter to common intuition, we show numerical instances where allowing charging stations to operate independently is better than coordinating a subset of stations as a coalition. Jointly, these results provide operators of charging stations insights into how to coordinate their charging behavior, and open several research directions.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2125913</t>
+    <t>2125913; 1847666</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Conference Paper</t>
   </si>
   <si>
     <t>IEEE</t>
-  </si>
-[...1 lines deleted...]
-    <t>Milan, Italy</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -297,79 +291,75 @@
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" s="0"/>
       <c r="I2" s="0"/>
       <c r="J2" s="0"/>
       <c r="K2" t="s" s="0">
         <v>32</v>
       </c>
       <c r="L2" s="0"/>
-      <c r="M2" t="s" s="0">
+      <c r="M2" s="0"/>
+      <c r="N2" t="s" s="0">
         <v>33</v>
       </c>
-      <c r="N2" t="s" s="0">
+      <c r="O2" t="s" s="0">
         <v>34</v>
       </c>
-      <c r="O2" t="s" s="0">
+      <c r="P2" t="s" s="0">
         <v>35</v>
       </c>
-      <c r="P2" t="s" s="0">
+      <c r="Q2" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="R2" t="s" s="0">
         <v>36</v>
-      </c>
-[...4 lines deleted...]
-        <v>37</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
+        <v>37</v>
+      </c>
+      <c r="W2" t="s" s="0">
         <v>38</v>
       </c>
-      <c r="W2" t="s" s="0">
-[...4 lines deleted...]
-      </c>
+      <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>