--- v0 (2025-11-01)
+++ v1 (2026-01-18)
@@ -122,51 +122,51 @@
   <si>
     <t/>
   </si>
   <si>
     <t>2025-03-01T05:00:00Z</t>
   </si>
   <si>
     <t>International Mathematics Research Notices</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>1073-7928</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;We show that continuous epimorphisms between a class of subgroups of mapping class groups of orientable infinite-genus 2-manifolds with no planar ends are always induced by homeomorphisms. This class of subgroups includes the pure mapping class group, the closure of the compactly supported mapping classes, and the full mapping class group in the case that the underlying manifold has a finite number of ends or is perfectly self-similar. As a corollary, these groups are Hopfian topological groups.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2343739</t>
+    <t>2343739; 2212922</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Oxford</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>