--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10627815</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1007/s10791-025-09563-9</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Incorporating generative AI into a writing-intensive undergraduate course without off-loading learning</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Tate, Tamara P; Harnick-Shapiro, Beth; Ritchie, Daniel Robert; Tseng, Waverly; Dennin, Michael; Warschauer, Mark</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-12-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Discover Computing</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>72</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2948-2992</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;As generative AI becomes ubiquitous, writers must decide if, when, and how to incorporate generative AI into their writing process. Educators must sort through their role in preparing students to make these decisions in a quickly evolving technological landscape. We created an AI-enabled writing tool that provides scaffolded use of a large language model as part of a research study on integrating generative AI into an upper division STEM writing-intensive course. Drawing on decades of research on integrating digital tools into instruction and writing research, we discuss the framework that drove our initial design considerations and instructional resources. We then share our findings from a year of design-based implementation research during the 2023–2024 academic year. Our original instruction framework identified the need for students to understand, access, prompt, corroborate, and incorporate the generative AI use effectively. In this paper, we explain the need for students to think first, before using AI, move through good enough prompting to agentic iterative prompting, and reflect on their use at the end. We also provide emerging best practices for instructors, beginning with identifying learning objectives, determining the appropriate AI role, revising the content, reflecting on the revised curriculum, and reintroducing learning as needed. We end with an indication of our future directions.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2315294</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Discover Computing</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>