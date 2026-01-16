--- v0 (2025-10-31)
+++ v1 (2026-01-16)
@@ -125,51 +125,51 @@
   <si>
     <t>2025-02-01T05:00:00Z</t>
   </si>
   <si>
     <t>Micromachines</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
     <t>2072-666X</t>
   </si>
   <si>
     <t>&lt;p&gt;The growing interest in sodium-ion batteries (SIBs) is driven by scarcity and the rising costs of lithium, coupled with the urgent need for scalable and sustainable energy storage solutions. Among various cathode materials, layered transition metal oxides have emerged as promising candidates due to their structural similarity to lithium-ion battery (LIB) counterparts and their potential to deliver high energy density at reduced costs. However, significant challenges remain, including limited capacity at high charge/discharge rates and structural instability during extended cycling. Addressing these issues is critical for advancing SIB technology toward industrial applications, particularly for large-scale energy storage systems. This review provides a comprehensive analysis of layered sodium transition metal oxides, focusing on their structural properties, electrochemical performance, and degradation mechanisms. Special attention is given to the intrinsic and extrinsic factors contributing to their instability, such as structural phase transitions, and cationic/anionic redox behavior. Additionally, recent advancements in material design strategies, including doping, surface modifications, and composite formation, are discussed to highlight the progress toward enhancing the stability and performance of these materials. This work aims to bridge the knowledge gaps and inspire further innovations in the development of high-performance cathodes for sodium-ion batteries.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2119688; 2215982</t>
+    <t>2119688; 2215982; 2216473</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>MDPI</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>