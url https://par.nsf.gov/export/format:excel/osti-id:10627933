--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,185 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10627933</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Hot hand thinking in children</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Wilke, Andreas; DeLaBruere, Gracie; Pedersen, Steven; Han, Bang-Geul; Spilman, Hannah; Garcia, Yadhira; Barrett, H Clark; Todd, Peter M; Wertz, Annie E</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-08-14T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Evolution and human behavior</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1090-5138</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>A tendency to perceive illusory streaks or clumps in random sequences of data—the hot hand phenomenon—has been identified as a human universal tied to our evolutionary history of foraging for clumpy resources. We explored how this misperception of randomness and, more generally, ecologically relevant statistical thinking develops ontogenetically. Based on previous work with adults, we developed three tablet-based decision-making tasks that assessed how 3- to 10-year-old children in the U.S. and Germany decide whether sequential events will continue in a streak or not, their understanding of randomness, and their ability to reason about randomness in spatially dependent terms. Our analyses suggest that children, like adults, hold strong expectations of clumpy resources when they search through and reason about 1- and 2-dimensional statistical distributions. This evolved psychological default to clumped resources decreases somewhat with age. Future research should explore possible early interventions to improve statistical literacy and minimize the detrimental effects that (mis)perceptions of streaks and patterns can have on everyday life.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2116145</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Elsevier</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>