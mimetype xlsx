--- v0 (2025-11-02)
+++ v1 (2026-01-18)
@@ -122,51 +122,51 @@
   <si>
     <t/>
   </si>
   <si>
     <t>2024-11-01T04:00:00Z</t>
   </si>
   <si>
     <t>Journal of High Energy Physics</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>1029-8479</t>
   </si>
   <si>
     <t>One of the few cases of AdS/CFT where both sides of the duality are under good control relates tensionless&lt;italic&gt;k&lt;/italic&gt;= 1 strings on AdS&lt;sub&gt;3&lt;/sub&gt;to a two-dimensional symmetric product CFT. Building on prior observations, we propose an exact duality between string theory on a spacetime which is not asymptotically AdS and a non-conformal field theory. The bulk theory is constructed as a marginal deformation of the&lt;italic&gt;k&lt;/italic&gt;= 1 AdS&lt;sub&gt;3&lt;/sub&gt;string while the spacetime dual is a single trace&lt;inline-formula&gt;&lt;alternatives&gt;&lt;tex-math&gt;$$ T\overline{T} $$&lt;/tex-math&gt;&lt;math&gt;&lt;mi&gt;T&lt;/mi&gt;&lt;mover&gt;&lt;mi&gt;T&lt;/mi&gt;&lt;mo&gt;¯&lt;/mo&gt;&lt;/mover&gt;&lt;/math&gt;&lt;/alternatives&gt;&lt;/inline-formula&gt;-deformed symmetric orbifold theory. As evidence for the duality, we match the one-loop bulk and boundary torus partition functions. This correspondence provides a framework to both learn about quantum gravity beyond AdS and understand how to define physical observables in&lt;inline-formula&gt;&lt;alternatives&gt;&lt;tex-math&gt;$$ T\overline{T} $$&lt;/tex-math&gt;&lt;math&gt;&lt;mi&gt;T&lt;/mi&gt;&lt;mover&gt;&lt;mi&gt;T&lt;/mi&gt;&lt;mo&gt;¯&lt;/mo&gt;&lt;/mover&gt;&lt;/math&gt;&lt;/alternatives&gt;&lt;/inline-formula&gt;-deformed field theories.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2412985; 1720480</t>
+    <t>2412985; 1720480; 2014195</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">