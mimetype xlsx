--- v0 (2025-11-01)
+++ v1 (2026-01-20)
@@ -119,51 +119,51 @@
   <si>
     <t>Bakker, Benjamin; Tsimerman, Jacob</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2025-01-01T05:00:00Z</t>
   </si>
   <si>
     <t>Forum of Mathematics, Sigma</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>2050-5094</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;We prove a functional transcendence theorem for the integrals of algebraic forms in families of algebraic varieties. This allows us to prove a geometric version of André’s generalization of the Grothendieck period conjecture, which we state using the formalism of Nori motives.&lt;/p&gt; &lt;p&gt;More precisely, we prove a version of the Ax–Schanuel conjecture for the comparison between the flat and algebraic coordinates of an arbitrary admissible graded polarizable variation of integral mixed Hodge structures. This can be seen as a generalization of the recent Ax–Schanuel theorems of [13, 18] for mixed period maps.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2401383</t>
+    <t>2401383; 2131688</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>