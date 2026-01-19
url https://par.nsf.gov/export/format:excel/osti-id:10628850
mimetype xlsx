--- v0 (2025-11-02)
+++ v1 (2026-01-19)
@@ -123,51 +123,51 @@
     <t/>
   </si>
   <si>
     <t>2025-05-02T04:00:00Z</t>
   </si>
   <si>
     <t>Angewandte Chemie International Edition</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>1433-7851</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt;
  &lt;p&gt;Herein, we report the synthesis of a new series of rigid, all&lt;italic&gt;meta&lt;/italic&gt;‐phenylene, conjugated deep‐cavity molecules, displaying high binding affinity towards buckyballs. A facile synthetic approach with an overall combined yield of approximately 53% in the last two steps has been developed using a templating strategy that combines the general structure of resorcin[4]arene and [12]cyclo‐&lt;italic&gt;meta&lt;/italic&gt;‐phenylene. These two moieties are covalently linked via four acetal bonds, resulting in a glove‐like architecture.&lt;sup&gt;1&lt;/sup&gt;H NMR titration experiments reveal fullerene binding affinities (&lt;italic&gt;K&lt;/italic&gt;&lt;sub&gt;a&lt;/sub&gt;) exceeding ≥10&lt;sup&gt;6&lt;/sup&gt; M&lt;sup&gt;−1&lt;/sup&gt;. The size complementarity between fullerenes and these scaffolds maximizes CH⋯π and π⋯π interactions, and their host:guest adduct resembles a ball in a glove, hence their name as nanogloves. Fullerene recognition is tested by suspending carbon soot in a solution of nanoglove in 1,1,2,2‐tetrachloroethane, where more than a dozen fullerenes are observed, ranging from C&lt;sub&gt;60&lt;/sub&gt;to C&lt;sub&gt;96&lt;/sub&gt;.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2302628</t>
+    <t>2302628; 2335833</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Wiley Blackwell (John Wiley &amp; Sons)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>