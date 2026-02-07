--- v0 (2025-11-01)
+++ v1 (2026-02-07)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10629512</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3847/2041-8213/ad9bb5</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Io’s SO &lt;sub&gt;2&lt;/sub&gt; and NaCl Wind Fields from ALMA</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Thelen, Alexander E; de_Kleer, Katherine; Cordiner, Martin A; de_Pater, Imke; Moullet, Arielle; Luszcz-Cook, Statia</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-12-20T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>The Astrophysical Journal Letters</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>978</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>L1</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2041-8205</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;We present spatially resolved measurements of SO&lt;sub&gt;2&lt;/sub&gt;and NaCl winds on Io at several unique points in its orbit: before and after eclipse and at maximum eastern and western elongation. The derived wind fields represent a unique case of meteorology in a rarified, volcanic atmosphere. Through the use of Doppler shift measurements in emission spectra obtained with the Atacama Large Millimeter/submillimeter Array between ~346 and 430 GHz (~0.70–0.87 mm), line-of-sight winds up to ~−100 m s&lt;sup&gt;−1&lt;/sup&gt;in the approaching direction and &gt;250 m s&lt;sup&gt;−1&lt;/sup&gt;in the receding direction were derived for SO&lt;sub&gt;2&lt;/sub&gt;at altitudes of ~10–50 km, while NaCl winds consistently reached ~∣150–200∣ m s&lt;sup&gt;−1&lt;/sup&gt;in localized regions up to ~30 km above the surface. The wind distributions measured at maximum east and west Jovian elongations and on the sub-Jovian hemisphere pre- and posteclipse were found to be significantly different and complex, corroborating the results of simulations that include surface temperature and frost distribution, volcanic activity, and interactions with the Jovian magnetosphere. Further, the wind speeds of SO&lt;sub&gt;2&lt;/sub&gt;and NaCl are often inconsistent in direction and magnitude, indicating that the processes that drive the winds for the two molecular species are different and potentially uncoupled; while the SO&lt;sub&gt;2&lt;/sub&gt;wind field can be explained through a combination of sublimation-driven winds, plasma torus interactions, and plume activity, the NaCl winds appear to be primarily driven by the plasma torus.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2238344</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>The Astrophysical Journal Letters</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>