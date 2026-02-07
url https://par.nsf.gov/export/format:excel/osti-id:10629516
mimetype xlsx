--- v0 (2026-01-16)
+++ v1 (2026-02-07)
@@ -6,163 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="37">
-[...111 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -177,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10629516</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Integrating Knowledge Graphs with Retrieval-Augmented Generation to Automate IoT Device Security Compliance</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Islam, M; Elluri, L; Joshi, K P</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-07-14T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>As IoT device adoption grows, ensuring cybersecurity compliance with IoT standards, like National Institute of Standards and Technology Interagency (NISTIR) 8259A, has become increasingly complex. These standards are typically presented in lengthy, text-based formats that are difficult to process and query automatically. We built a knowledge graph to address this challenge to represent the key concepts, relationships, and references within NISTIR 8259A. We further integrate this knowledge graph with Retrieval-Augmented Generation (RAG) techniques that can be used by large language models (LLMs) to enhance the accuracy and contextual relevance of information retrieval. Additionally, we evaluate the performance of RAG using both graph-based queries and vector database embeddings. Our framework, implemented in Neo4j, was tested using multiple LLMs, including LLAMA2, Mistral-7B, and GPT-4. Our findings show that combining knowledge graphs with RAG significantly improves query precision and contextual relevance compared to unstructured vector-based retrieval methods. While traditional rule-based compliance tools were not evaluated in this study, our results demonstrate the advantages of structured, graph driven querying for security standards like NISTIR 8259A.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2310844</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>2025 IEEE International Conference on Intelligence and Security Informatics (ISI)</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>