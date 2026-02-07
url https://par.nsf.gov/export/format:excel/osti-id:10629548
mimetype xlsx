--- v0 (2026-01-16)
+++ v1 (2026-02-07)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10629548</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1126/sciadv.adl5044</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Constraining effects of aerosol-cloud interaction by accounting for coupling between cloud and land surface</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Su, Tianning; Li, Zhanqing; Henao, Natalia Roldan; Luan, Qingzu; Yu, Fangqun</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-05-24T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Science Advances</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2375-2548</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Aerosol-cloud interactions (ACIs) are vital for regulating Earth’s climate by influencing energy and water cycles. Yet, effects of ACI bear large uncertainties, evidenced by systematic discrepancies between observed and modeled estimates. This study quantifies a major bias in ACI determinations, stemming from conventional surface or space measurements that fail to capture aerosol at the cloud level unless the cloud is coupled with land surface. We introduce an advanced approach to determine radiative forcing of ACI by accounting for cloud-surface coupling. By integrating field observations, satellite data, and model simulations, this approach reveals a drastic alteration in aerosol vertical transport and ACI effects caused by cloud coupling. In coupled regimes, aerosols enhance cloud droplet number concentration across the boundary layer more homogeneously than in decoupled conditions, under which aerosols from the free atmosphere predominantly affect cloud properties, leading to marked cooling effects. Our findings spotlight cloud-surface coupling as a key factor for ACI quantification, hinting at potential underassessments in traditional estimates.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2126098</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>AAAS</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>