--- v0 (2026-01-17)
+++ v1 (2026-02-07)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10629577</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1103/PhysRevResearch.6.L042072</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Kinetic simulations underestimate the effects of waves during magnetic reconnection</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Ng, J; Yoo, J; Chen, L-J; Bessho, N; Ji, H</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-12-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Physical Review Research</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2643-1564</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Collisionless plasma systems are often studied using fully kinetic simulations, where protons and electrons are treated as particles. Due to their computational expense, it is necessary to reduce the ion-to-electron mass ratio&lt;math&gt;&lt;mrow&gt;&lt;msub&gt;&lt;mi&gt;m&lt;/mi&gt;&lt;mi&gt;i&lt;/mi&gt;&lt;/msub&gt;&lt;mo&gt;/&lt;/mo&gt;&lt;msub&gt;&lt;mi&gt;m&lt;/mi&gt;&lt;mi&gt;e&lt;/mi&gt;&lt;/msub&gt;&lt;/mrow&gt;&lt;/math&gt;or the ratio between plasma and cyclotron frequencies in simulations of large systems. In this Letter we show that when electron-scale waves are present in larger-scale systems, numerical parameters affect their amplitudes and effects on the larger system. Using lower-hybrid drift waves during magnetic reconnection as an example, we find that the ratio between the wave electric field and the reconnection electric field scales as&lt;math&gt;&lt;msqrt&gt;&lt;mrow&gt;&lt;msub&gt;&lt;mi&gt;m&lt;/mi&gt;&lt;mi&gt;i&lt;/mi&gt;&lt;/msub&gt;&lt;mo&gt;/&lt;/mo&gt;&lt;msub&gt;&lt;mi&gt;m&lt;/mi&gt;&lt;mi&gt;e&lt;/mi&gt;&lt;/msub&gt;&lt;/mrow&gt;&lt;/msqrt&gt;&lt;/math&gt;, while the phase relationship is also affected. The combination of these effects means that the anomalous drag that contributes to momentum balance in the reconnection region can be underestimated by an order of magnitude. The results are relevant to the coupling of electron-scale waves to ion-scale reconnection regions, and other systems such as collisionless shocks.&lt;/p&gt; &lt;sec&gt;&lt;supplementary-material&gt;&lt;permissions&gt;&lt;copyright-statement&gt;Published by the American Physical Society&lt;/copyright-statement&gt;&lt;copyright-year&gt;2024&lt;/copyright-year&gt;&lt;/permissions&gt;&lt;/supplementary-material&gt;&lt;/sec&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2010231</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Physical Review Research</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>