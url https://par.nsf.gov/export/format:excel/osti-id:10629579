--- v0 (2025-11-02)
+++ v1 (2026-01-19)
@@ -128,51 +128,51 @@
   <si>
     <t>2025-04-02T04:00:00Z</t>
   </si>
   <si>
     <t>PLOS ONE</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>e0309503</t>
   </si>
   <si>
     <t>1932-6203</t>
   </si>
   <si>
     <t>&lt;p&gt;Turbulence and sound are important cues for oyster reef larval recruitment. Numerous studies have found a relationship between turbulence intensity and swimming behaviors of marine larvae, while others have documented the importance of sounds in enhancing larval recruitment to oyster reefs. However, the relationship between turbulence and the reef soundscape is not well understood. In this study we made side-by-side acoustic Doppler velocimeter turbulence measurements and hydrophone soundscape recordings over 2 intertidal oyster reefs (1 natural and 1 restored) and 1 adjacent bare mudflat as a reference. Sound pressure levels (SPL) were similar across all three sites, although SPL &gt;  2000 Hz was highest at the restored reef, likely due to its larger area that contained a greater number of sound-producing organisms. Flow noise (FN), defined as the mean of pressure fluctuations recorded by the hydrophone at&lt;italic&gt;f&lt;/italic&gt;&lt;  100 Hz, was significantly related to mean flow speed, turbulent kinetic energy, and turbulence dissipation rate (ε), agreeing with theoretical calculations for turbulence. Our results also show a similar relationship between ε and&lt;italic&gt;FN&lt;/italic&gt;to what has been previously reported for ε vs. downward larval swimming velocity (&lt;italic&gt;w&lt;/italic&gt;&lt;sub&gt;&lt;italic&gt;b&lt;/italic&gt;&lt;/sub&gt;), with both&lt;italic&gt;FN&lt;/italic&gt;and&lt;italic&gt;w&lt;/italic&gt;&lt;sub&gt;&lt;italic&gt;b&lt;/italic&gt;&lt;/sub&gt;demonstrating rapid growth at ε &gt;  0.1 cm&lt;sup&gt;2&lt;/sup&gt;s&lt;sup&gt;−3&lt;/sup&gt;. These results suggest that reef turbulence and sounds may attract oyster larvae in complementary and synergistic ways.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1851424</t>
+    <t>1851424; 1832221</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>https://doi.org/10.6073/ pasta/3a372383f1bbaf8367232adc592e135e</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>