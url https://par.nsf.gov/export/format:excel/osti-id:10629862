--- v0 (2026-01-16)
+++ v1 (2026-02-05)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10629862</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1093/mnras/stad3070</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Not-so-fast Kepler-1513: a perturbing planetary interloper in the exomoon corridor</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Yahalomi, Daniel A; Kipping, David; Nesvorný, David; Dalba, Paul A; Benni, Paul; Cacho-Negrete, Ceiligh; Collins, Karen; Earwicker, Joel T; Lewis, John Arban; McLeod, Kim K; Schwarz, Richard P; Wang, Gavin</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-10-28T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Monthly Notices of the Royal Astronomical Society</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>527</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>620 to 639</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0035-8711</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;ABSTRACT&lt;/title&gt; &lt;p&gt;Transit timing variations (TTVs) can be induced by a range of physical phenomena, including planet–planet interactions, planet–moon interactions, and stellar activity. Recent work has shown that roughly half of moons would induce fast TTVs with a short period in the range of 2–4 orbits of its host planet around the star. An investigation of the Kepler TTV data in this period range identified one primary target of interest, Kepler-1513 b. Kepler-1513 b is a $8.05^{+0.58}_{-0.40}$ R⊕ planet orbiting a late G-type dwarf at $0.53^{+0.04}_{-0.03}$ au. Using Kepler photometry, this initial analysis showed that Kepler-1513 b’s TTVs were consistent with a moon. Here, we report photometric observations of two additional transits nearly a decade after the last Kepler transit using both ground-based observations and space-based photometry with TESS. These new transit observations introduce a previously undetected long period TTV, in addition to the original short period TTV signal. Using the complete transit data set, we investigate whether a non-transiting planet, a moon, or stellar activity could induce the observed TTVs. We find that only a non-transiting perturbing planet can reproduce the observed TTVs. We additionally perform transit origami on the Kepler photometry, which independently applies pressure against a moon hypothesis. Specifically, we find that Kepler-1513 b’s TTVs are consistent with an exterior non-transiting ∼Saturn mass planet, Kepler-1513 c, on a wide orbit, $\sim 5~{{\ \rm per \, cent}}$ outside a 5:1 period ratio with Kepler-1513 b. This example introduces a previously unidentified cause for planetary interlopers in the exomoon corridor, namely an insufficient baseline of observations.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2150255</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>RNAS</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>