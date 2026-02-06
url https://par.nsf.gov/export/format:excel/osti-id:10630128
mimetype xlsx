--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,185 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10630128</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1115/IMECE2024-143962</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Enhancing the Structural Performance of 3D Printed Objects Through G Code Optimization via FEA in the FDM Process</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Shahriar, Saquib; Islam, Razaul; Park, Jaejong</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-11-17T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t>978-0-7918-8860-5</t>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;Additive manufacturing, an innovative process that assembles materials layer by layer from 3D model data, is recognized as a transformative technology across diverse industries. Researchers have extensively investigated the impact of various printing parameters of 3D printing machines, such as printing speed, nozzle temperature, and infill, on the mechanical properties of printed objects. Specifically, this study focuses on applying Finite Element Analysis (FEA) in G code modification in Fused Deposition Modeling (FDM) 3D Printing. FDM involves extruding a thermoplastic filament in layers over a build plate to create a three-dimensional object. In the realm of load-bearing structures, the Finite Element Analysis (FEA) process is initiated on the target object, employing the primary load to identify areas with high-stress concentrations. Subsequently, optimization techniques are used to strategically assign printing parameter combinations to improve mechanical properties in potentially vulnerable regions. The ultimate objective is to tailor the G code, a set of instructions for the printer, to strengthen particular areas and improve the printed object’s overall structural integrity. To evaluate the suggested methodology’s efficacy, the study conducts a comprehensive analysis of printed objects, both with and without the optimized G code. Simultaneously, mechanical testing, such as tensile testing, demonstrates quantitative data on structural performance. This comprehensive analysis aims to identify the impact of G code alteration on the finished product. Preliminary experimental results using simple tensile specimens indicate notable improvements in structural performance. Importantly, these improvements are achieved without any discernible mass increase, optimizing material usage and reducing the cost of additive manufacturing. The modified G code targets to strengthen critical areas using updated printing parameters without a net increase in the overall material consumption of the object. This finding holds significant implications for industries reliant on additive manufacturing for load-bearing components, offering a promising avenue for improved efficiency and durability. Integrating advanced techniques, such as G code modification and finite element analysis (FEA), as the additive manufacturing landscape evolves presents a pathway toward optimizing mechanical properties. By contributing valuable insights and laying the groundwork for further exploration and refinement of these methodologies, this study paves the way for enhanced structural performance in various additive manufacturing applications. Ultimately, it encourages innovation and progress in the field, propelling the industry toward new heights of efficiency and reliability.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2107140</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>American Society of Mechanical Engineers</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>Portland, Oregon, USA</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>