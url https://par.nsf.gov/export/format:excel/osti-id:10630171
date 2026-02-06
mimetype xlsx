--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10630171</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3690648</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Efficient Federated Learning Using Dynamic Update and Adaptive Pruning with Momentum on Shared Server Data</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Liu, Ji; Jia, Juncheng; Zhang, Hong; Yun, Yuhui; Wang, Leye; Zhou, Yang; Dai, Huaiyu; Dou, Dejing</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-11-20T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>ACM Transactions on Intelligent Systems and Technology</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 28</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2157-6904</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Despite achieving remarkable performance, Federated Learning (FL) encounters two important problems, i.e., low training efficiency and limited computational resources. In this article, we propose a new FL framework, i.e., FedDUMAP, with three original contributions, to leverage the shared insensitive data on the server in addition to the distributed data in edge devices so as to efficiently train a global model. First, we propose a simple dynamic server update algorithm, which takes advantage of the shared insensitive data on the server while dynamically adjusting the update steps on the server in order to speed up the convergence and improve the accuracy. Second, we propose an adaptive optimization method with the dynamic server update algorithm to exploit the global momentum on the server and each local device for superior accuracy. Third, we develop a layer-adaptive model pruning method to carry out specific pruning operations, which is adapted to the diverse features of each layer so as to attain an excellent tradeoff between effectiveness and efficiency. Our proposed FL model, FedDUMAP, combines the three original techniques and has a significantly better performance compared with baseline approaches in terms of efficiency (up to 16.9 times faster), accuracy (up to 20.4% higher), and computational cost (up to 62.6% smaller).&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2313191</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ACM</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>