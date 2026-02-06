--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,185 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10630181</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Fisher Information-based Efficient Curriculum Federated Learning with Large Language Models</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Liu, Ji; Ren, Jiaxiang; Jin, Ruoming; Zhang, Zijie; Zhou, Yang; Valduriez, Patrick; Dou, Dejing</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-11-16T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>10497–10523</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>As a promising paradigm to collaboratively train models with decentralized data, Federated Learning (FL) can be exploited to fine-tune Large Language Models (LLMs). While LLMs correspond to huge size, the scale of the training data significantly increases, which leads to tremendous amounts of computation and communication costs. The training data is generally non-Independent and Identically Distributed (non-IID), which requires adaptive data processing within each device. Although Low-Rank Adaptation (LoRA) can significantly reduce the scale of parameters to update in the fine-tuning process, it still takes unaffordable time to transfer the low-rank parameters of all the layers in LLMs. In this paper, we propose a Fisher Information-based Efficient Curriculum Federated Learning framework (FibecFed) with two novel methods, i.e., adaptive federated curriculum learning and efficient sparse parameter update. First, we propose a fisher information-based method to adaptively sample data within each device to improve the effectiveness of the FL fine-tuning process. Second, we dynamically select the proper layers for global aggregation and sparse parameters for local update with LoRA so as to improve the efficiency of the FL fine-tuning process. Extensive experimental results based on 10 datasets demonstrate that FibecFed yields excellent performance (up to 45.35% in terms of accuracy) and superb fine-tuning speed (up to 98.61% faster) compared with 17 baseline approaches).</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2313191</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Proceedings of the 29th Conference on Empirical Methods in Natural Language Processing (EMNLP'24)</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>Miami, Florida, USA</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>