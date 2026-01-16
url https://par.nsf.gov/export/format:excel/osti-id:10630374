--- v0 (2025-11-01)
+++ v1 (2026-01-16)
@@ -125,51 +125,51 @@
   <si>
     <t>2025-06-01T04:00:00Z</t>
   </si>
   <si>
     <t>Electronics</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>2381</t>
   </si>
   <si>
     <t>2079-9292</t>
   </si>
   <si>
     <t>&lt;p&gt;Embedded differential temperature sensors can be utilized to monitor the power consumption of circuits, taking advantage of the inherent on-chip electrothermal coupling. Potential applications range from hardware security to linearity, gain/bandwidth calibration, defect-oriented testing, and compensation for circuit aging effects. This paper introduces the use of on-chip differential temperature sensors as part of a wireless Internet of Things system. A new low-power differential temperature sensor circuit with chopped cascode transistors and switched-capacitor integration is described. This design approach leverages chopper stabilization in combination with a switched-capacitor integrator that acts as a low-pass filter such that the circuit provides offset and low-frequency noise mitigation. Simulation results of the proposed differential temperature sensor in a 65 nm complementary metal-oxide-semiconductor (CMOS) process show a sensitivity of 33.18V/°C within a linear range of ±36.5m°C and an integrated output noise of 0.862mVrms (from 1 to 441.7 Hz) with an overall power consumption of 0.187mW. Considering a figure of merit that involves sensitivity, linear range, noise, and power, the new temperature sensor topology demonstrates a significant improvement compared to state-of-the-art differential temperature sensors for on-chip monitoring of power dissipation.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2218845; 2146754; 2225368</t>
+    <t>2218845; 2146754; 2225368; 2229472</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>