--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10630381</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3847/1538-4357/ade0b3</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>The Gravity Collective: A Comprehensive Analysis of the Electromagnetic Search for the Binary Neutron Star Merger GW190425</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Coulter, D A; Kilpatrick, C D; Jones, D O; Foley, R J; Anais_Vilchez, J; Arcavi, I; Clever, K E; Dimitriadis, G; Filippenko, A V; Muñoz-Elgueta, N; Piro, A L; Quiñonez, P J; Rahman, G S; Rojas-Bravo, C; Siebert, M R; Stacey, H E; Swift, J J; Zheng, W; Bloom, J S; Bustamante-Rosell, M J; Davis, K W; Kutcka, J; Macias, P; McGill, P; Ramirez-Ruiz, E; Siellez, K; Tinyanont, S; Cenko, S B; Drout, M R; Hausen, R; Howell, D Andrew; Jacobson-Galán, W V; Kasen, D; McCully, C; Rest, A; Taggart, K; Valenti, S</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-07-23T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>The Astrophysical Journal</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>988</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>169</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0004-637X</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;We present an ultraviolet to infrared search for the electromagnetic (EM) counterpart to GW190425, the second ever binary neutron star merger discovered by the LIGO-Virgo-KAGRA Collaboration. GW190425 was more distant and had a larger localization area than GW170817, so we use a new tool,&lt;monospace&gt;Teglon&lt;/monospace&gt;, to redistribute the GW190425 localization probability in the context of galaxy catalogs within the final localization volume. We derive a 90th percentile area of 6688 deg&lt;sup&gt;2&lt;/sup&gt;, a ∼1.5× improvement relative to the LIGO/Virgo map, and show how&lt;monospace&gt;Teglon&lt;/monospace&gt;provides an order-of-magnitude boost to the search efficiency of small (≤1 deg&lt;sup&gt;2&lt;/sup&gt;) field-of-view instruments. We combine our data with a large, publicly reported imaging data set, covering 9078.59 deg&lt;sup&gt;2&lt;/sup&gt;of unique area and 48.13% of the LIGO/Virgo-assigned localization probability, to calculate the most comprehensive kilonova (KN), short gamma-ray burst (sGRB) afterglow, and model-independent constraints on the EM emission from a hypothetical counterpart to GW190425 to date under the assumption that no counterpart was found in these data. If the counterpart were similar to AT 2017gfo, there would be a 28.4% chance of it being detected in the combined data set. We are relatively insensitive to an on-axis sGRB, and rule out a generic transient with a similar peak luminosity and decline rate as AT 2017gfo to 30% confidence. Finally, across our new imaging and publicly reported data, we find 28 candidate optical counterparts that we cannot rule out as being associated with GW190425, finding that four such counterparts discovered within the localization volume and within 5 days of merger exhibit luminosities consistent with a KN.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2307710; 1911151; 1911225</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Astrophysical Journal</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>