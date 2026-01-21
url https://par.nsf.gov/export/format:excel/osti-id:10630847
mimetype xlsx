--- v0 (2025-11-01)
+++ v1 (2026-01-21)
@@ -119,51 +119,51 @@
   <si>
     <t>Chammout, Hanadi; Adkins, Delia L; Al-Olimat, Aleece K; Alsaad, Zeinab; Altopp, Beatrice M; Amer, Tuqa; Apampa, Feyi O; Avery, Gwendolyn R; Bazzi, Isaac I; Beck, Emilia D; Beier, Elise L; Belisle, B Shafer; Benton, Lane; Bolyard, Madison M; Brain, Olivia E; Buckner, Eldon T; Chowdhury, Shria Roy; Cifranic, Jennifer R; Cleary, Liam; Clum, Tyler R; Cruz, Autumn M; DeGray, Meghan V; Echeverry, Isabel L; El_dana, Haya; Elkadri, Sarah K; Estep, Paige L; Falke, Luke R; Foor, Hannah J; Gullapalli, Anika S; Hakim, Sandro S; Hazime, Hussein B; Heininger, Lauren E; Hoeft, Emma G; James, Lauren M; Jeon, Yeowon; Johnson, Megan R; Jordan, Laine P; Khan, Zayd; Kochensparger, Sydney K; Koria, Fadi J; Krasnow, Ruby M; Lilly, Veronica; Lim, Eileen; MacCormack, Ian T; Malesh, Andriy; Mariano, Mikayla G; Mentzer, Audrey C; Messner, Katelyn H; Myers, Katlyn C; Newman, Emily R; Richters, Annie M; Romero, Liliana; Rotem, Adam; Saho, Reese J; Sawaki, Kaname; Selders, Ashley N; Shockney, Elizabeth; Sobh, Farah A; Speiser, Isabelle F; Sproul, Breanna M; Sroufe, Veronica J; Tollkuci, Antonia; Trevino, Cassandra C; Vapenik, Megan A; Wagner, Erin M; Bieser, Kayla L; Siders, Jamie L; Thackeray, Justin R; Kagey, Jacob D</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2024-01-01T05:00:00Z</t>
   </si>
   <si>
     <t>microPublication biology</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>2578-9430</t>
   </si>
   <si>
     <t>&lt;p&gt;Genetic screens in &lt;i&gt;Drosophila melanogaster&lt;/i&gt; have long been used to identify genes found in a variety of developmental, cellular, and behavioral processes. Here we describe the characterization and mapping of a mutation identified in a conditional screen for genetic regulators of cell growth and cell division. Within a Flp/FRT system, mutant &lt;i&gt;G.3.2&lt;/i&gt; results in a reduction of mutant tissue and a rough eye phenotype. We find that &lt;i&gt;G.3.2&lt;/i&gt; maps to the gene &lt;i&gt;cnk&lt;/i&gt;, providing further support that &lt;i&gt;cnk&lt;/i&gt; is a critical gene in &lt;i&gt;Drosophila &lt;/i&gt;eye development. This mutant was characterized, mapped and sequenced by undergraduate students within the Fly-CURE consortium.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2316218</t>
+    <t>2316218; 2021146</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>microPublication Biology</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>