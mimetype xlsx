--- v0 (2026-01-16)
+++ v1 (2026-02-05)
@@ -6,170 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...118 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -184,183 +65,306 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10631162</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.18260/1-2--55922</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Work-in-Progress: Voices of the Future: Student Insights on AI's Role in Shaping Learning, Integrity, and Norms in Higher Education</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Harper, Michaela; McCall, Cassandra; Kane, Daniel; Goodridge, Wade; Ahlstrom, Linda; Lawanto, Oenardi</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-06-22T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>This work-in-progress paper explores university students’ perspectives on Generative Artificial Intelligence (GAI) tools, such as ChatGPT, an increasingly prominent topic in the academic community. There is ongoing debate about whether faculty should teach students how to use GAI tools, restrict their usage to maintain academic integrity, or establish regulatory guidelines for sustained integration into higher education. Unfortunately, limited research exists beyond surface-level policies and educator opinions regarding GAI, and its full impact on student learning remains largely unknown. Therefore, understanding students' perceptions and how they use GAI is crucial to ensuring its effective and ethical integration into higher education. As GAI continues to disrupt traditional educational paradigms, this study seeks to explore how students perceive its influence on their learning and problem-solving.
+As part of a larger mixed-methods study, this work-in-progress paper presents preliminary findings from the qualitative portion using a phenomenological approach that answers the research question: How do university students perceive disruptive technologies like ChatGPT affecting their education and learning? By exploring the implications of Artificial Intelligence (AI) tools on student learning, academic integrity, individual beliefs, and community norms, this study contributes to the broader discourse on the role of emerging technologies in shaping the future of teaching and learning in education.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2346881</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ASEE Conferences</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>Montreal, Quebec, Canada</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>