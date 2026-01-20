--- v0 (2025-11-02)
+++ v1 (2026-01-20)
@@ -116,51 +116,51 @@
   <si>
     <t>Nickel-catalysed sequential hydrodefluorination of pyridines: mechanistic insights led to the discovery of bench-stable precatalysts</t>
   </si>
   <si>
     <t>Duran_Arroyo, Victor; Nuñez, Roger; Arevalo, Rebeca</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2025-07-17T04:00:00Z</t>
   </si>
   <si>
     <t>Inorganic Chemistry Frontiers</t>
   </si>
   <si>
     <t>2052-1553</t>
   </si>
   <si>
     <t>&lt;p&gt;The nickel(0) complex [Ni(&lt;sup&gt;iPr&lt;/sup&gt;PN)(COD)] (&lt;sup&gt;iPr&lt;/sup&gt;PN = 2-[(&lt;italic&gt;N&lt;/italic&gt;-diisopropylphosphino)methylamino]pyridine, COD = 1,5-cyclooctadiene) was an efficient precatalyst for the hydrodefluorination of partially fluorinated pyridines employing pinacolborane (HBPin).&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2316526</t>
+    <t>2316526; 2216471</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Royal Society of Chemistry</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>