--- v0 (2025-11-02)
+++ v1 (2026-01-21)
@@ -125,51 +125,51 @@
   <si>
     <t>2024-02-01T05:00:00Z</t>
   </si>
   <si>
     <t>Zootaxa</t>
   </si>
   <si>
     <t>5405</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>545 to 561</t>
   </si>
   <si>
     <t>1175-5326</t>
   </si>
   <si>
     <t>&lt;p&gt;Hylophthirus spinosus, new genus and new species (Phthiraptera: Anoplura: Enderleinellidae), is described from specimens collected from the particoloured flying squirrel, Hylopetes alboniger in Khammouane Province, Laos (Lao People’s Democratic Republic). Both sexes of the new louse are illustrated with stacked microphotographs, scanning electron micrographs and line drawings. An updated morphological identification key to the six genera (Atopophthirus, Enderleinellus, Hylophthirus, Microphthirus, Phthirunculus and Werneckia) now recognised within the family Enderleinellidae is presented. The new genus is unique within the Enderleinellidae in having massive spines (modified setae) on some abdominal sternites, partially bulbous 5th antennal segments, mesothoracic spiracles borne on protuberances and the morphology of the genitalia of both sexes. Tables showing all genera of sucking lice that include species parasitising sciurids (squirrels, chipmunks, susliks and marmots), and all known species of enderleinellids, with their known host associations and geographical distributions are included and briefly discussed in relation to the new genus and species. &lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2206733</t>
+    <t>2206733; 2206735</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>