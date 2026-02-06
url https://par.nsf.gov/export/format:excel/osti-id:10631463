--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,163 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="37">
-[...111 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -177,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10631463</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Infilling Score: A Pretraining Data Detection Algorithm for Large Language Models</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Raoof, N; Rout, L; Daras, G; Sanghavi, S; Caramanis, C; Shakkottai, S; Dimakis, A</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-03-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>In pretraining data detection, the goal is to detect whether a given sentence is in the dataset used for training a Large Language Model LLM). Recent methods (such as Min-K % and Min-K%++) reveal that most training corpora are likely contaminated with both sensitive content and evaluation benchmarks, leading to inflated test set performance. These methods sometimes fail to detect samples from the pretraining data, primarily because they depend on statistics composed of causal token likelihoods. We introduce Infilling Score, a new test-statistic based on non-causal token likelihoods. Infilling Score can be computed for autoregressive models without re-training using Bayes rule. A naive application of Bayes rule scales linearly with the vocabulary size. However, we propose a ratio test-statistic whose computation is invariant to vocabulary size. Empirically, our method achieves a significant accuracy gain over state-of-the-art methods including Min-K%, and Min-K%++ on the WikiMIA benchmark across seven models with different parameter sizes. Further, we achieve higher AUC compared to reference-free methods on the challenging MIMIR benchmark. Finally, we create a benchmark dataset consisting of recent data sources published after the release of Llama-3; this benchmark provides a statistical baseline to indicate potential corpora used for Llama-3 training.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2505865</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ICLR 2025</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>