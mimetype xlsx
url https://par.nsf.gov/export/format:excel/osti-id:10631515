--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,166 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="38">
-[...114 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -180,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10631515</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>SYNAPSE: SYmbolic Neural-Aided Preference Synthesis Engine</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Modak, S; Patton, N; Dillig, I; Biswas, J</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-01-14T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2403.16689</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>This paper addresses the problem of preference learning, which aims to align robot behaviors through learning user specific preferences (e.g. "good pull-over location") from visual demonstrations. Despite its similarity to learning factual concepts (e.g. "red door"), preference learning is a fundamentally harder problem due to its subjective nature and the paucity of person-specific training data. We address this problem using a novel framework called SYNAPSE, which is a neuro-symbolic approach designed to efficiently learn preferential concepts from limited data. SYNAPSE represents preferences as neuro-symbolic programs, facilitating inspection of individual parts for alignment, in a domain-specific language (DSL) that operates over images and leverages a novel combination of visual parsing, large language models, and program synthesis to learn programs representing individual preferences. We perform extensive evaluations on various preferential concepts as well as user case studies demonstrating its ability to align well with dissimilar user preferences. Our method significantly outperforms baselines, especially when it comes to out of distribution generalization. We show the importance of the design choices in the framework through multiple ablation studies.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2505865</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.48550/arXiv.2403.16689</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>