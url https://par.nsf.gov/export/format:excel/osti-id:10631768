--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10631768</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1007/s10514-024-10159-3</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>The human in the loop Perspectives and challenges for RoboCup 2050</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Rossi, Alessandra; Paetzel-Prüsmann, Maike; Keijsers, Merel; Anderson, Michael; Anderson, Susan Leigh; Barry, Daniel; Gutsche, Jan; Hart, Justin; Iocchi, Luca; Kokkelmans, Ainse; Kuijpers, Wouter; Liu, Yun; Polani, Daniel; Roscon, Caleb; Scheunemann, Marcus; Stone, Peter; Vahl, Florian; van_de_Molengraft, René; von_Stryk, Oskar</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-05-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Autonomous Robots</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>2-3</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0929-5593</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;Robotics researchers have been focusing on developing autonomous and human-like intelligent robots that are able to plan, navigate, manipulate objects, and interact with humans in both static and dynamic environments. These capabilities, however, are usually developed for direct interactions with people in controlled environments, and evaluated primarily in terms of human safety. Consequently, human-robot interaction (HRI) in scenarios with no intervention of technical personnel is under-explored. However, in the future, robots will be deployed in unstructured and unsupervised environments where they will be expected to work unsupervised on tasks which require direct interaction with humans and may not necessarily be collaborative. Developing such robots requires comparing the effectiveness and efficiency of similar design approaches and techniques. Yet, issues regarding the reproducibility of results, comparing different approaches between research groups, and creating challenging milestones to measure performance and development over time make this difficult. Here we discuss the international robotics competition called RoboCup as a benchmark for the progress and open challenges in AI and robotics development. The long term goal of RoboCup is developing a robot soccer team that can win against the world’s best human soccer team by 2050. We selected RoboCup because it requires robots to be able to play with and against humans in unstructured environments, such as uneven fields and natural lighting conditions, and it challenges the known accepted dynamics in HRI. Considering the current state of robotics technology, RoboCup’s goal opens up several open research questions to be addressed by roboticists. In this paper, we (a) summarise the current challenges in robotics by using RoboCup development as an evaluation metric, (b) discuss the state-of-the-art approaches to these challenges and how they currently apply to RoboCup, and (c) present a path for future development in the given areas to meet RoboCup’s goal of having robots play soccer against and with humans by 2050.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2505865</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>10.1007/s10514-024-10159-3</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>