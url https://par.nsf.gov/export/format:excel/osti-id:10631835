--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,163 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="37">
-[...111 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -177,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10631835</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Demo: An Exploration of LLM-Guided Conversation in Reminiscence Therapy</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Duan, J; Zhao, X; Zhang, Z; Ko, E; Boddy, L; Wang, C; Li, T; Rasgon, A; Hong, J; Lee, M K; Yuan, C; Long, Q; Ding, Y; Chen, T; Xu, K</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-12-14T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Although Large Language Models (LLMs) succeed in human-guided conversations such as instruction following and question answering, the potential of LLM-guided conversations—where LLMs direct the discourse and steer the conversation’s objectives—remains largely untapped. In this study, we provide an exploration of the LLM-guided conversation paradigm. Specifically, we first characterize LLM-guided conversation into three fundamental properties: (i) Goal Navigation; (ii) Context Management; (iii) Empathetic Engagement, and propose GUIDELLM as a general framework for LLM-guided conversation. We then implement an autobiography interviewing environment as one of the demonstrations of GuideLLM, which is a common practice in Reminiscence Therapy. In this environment, various techniques are integrated with GUIDELLM to enhance the autonomy of LLMs, such as Verbalized Interview Protocol (VIP) and Memory Graph Extrapolation (MGE) for goal navigation, and therapy strategies for empathetic engagement. We compare GUIDELLM with baseline LLMs, such as GPT-4-turbo and GPT-4o, from the perspective of interviewing quality, conversation quality, and autobiography generation quality. Experimental results encompassing both LLM-as-a-judge evaluations and human subject experiments involving 45 participants indicate that GUIDELLM significantly outperforms baseline LLMs in the autobiography interviewing task.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2505865</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Gen AI f or Health Workshop @ NeurIPS 2024, Vancouver.</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>