--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,163 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="37">
-[...111 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -177,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10631903</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>PACER: Preference-conditioned All-terrain Costmap Generation</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Mao, Luisa; Warnell, Garrett; Stone, Peter; Biswas, Joydeep</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-04-10T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>In autonomous robot navigation, terrain cost assignment is typically performed using a semantics-based paradigm in which terrain is first labeled using a pre-trained semantic classifier and costs are then assigned according to a user-defined mapping between label and cost. While this approach is rapidly adaptable to changing user preferences, only preferences over the types of terrain that are already known by the semantic classifier can be expressed. In this paper, we hypothesize that a machine-learning-based alternative to the semantics-based paradigm above will allow for rapid cost assignment adaptation to preferences expressed over new terrains at deployment time without the need for additional training. To investigate this hypothesis, we introduce and study PACER, a novel approach to costmap generation that accepts as input a single birds-eye view (BEV) image of the surrounding area along with a user-specified preference context and generates a corresponding BEV costmap that aligns with the preference context. Using both real and synthetic data along with a combination of proposed training tasks, we find that PACER is able to adapt quickly to new user preferences while also exhibiting better generalization to novel terrains compared to both semantics-based and representation-learning approaches.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2505865</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>cs.RO</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>