--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10632054</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3847/1538-3881/ade230</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>The Epoch of Giant Planet Migration Planet Search Program. III. The Occurrence Rate of Young Giant Planets inside the Water Ice Line &lt;sup&gt;*&lt;/sup&gt;</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Tran, Quang H; Bowler, Brendan P; Cochran, William D; Bender, Chad F; Halverson, Samuel; Mahadevan, Suvrath; Ninan, Joe P; Robertson, Paul; Roy, Arpita; Stefánsson, Guðmundur; Terrien, Ryan C</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-07-21T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>The Astronomical Journal</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>170</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>103</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0004-6256</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;We present statistical results from the Epoch of Giant Planet Migration RV planet search program. This survey was designed to measure the occurrence rate of giant planets interior to the water ice line of young Sun-like stars, compare this to the prevalence of giant planets at older ages, and provide constraints on the timescale and dominant inward migration mechanism of giant planets. Our final sample amounts to 85 single young (20–200 Myr) G and K dwarfs that we target across a 4 yr time baseline with the near-infrared Habitable-zone Planet Finder spectrograph at McDonald Observatory’s Hobby-Eberly Telescope. As part of this survey, we discovered the young hot Jupiter HS Psc b. We characterize survey detection completeness with realistic injection-recovery tests and measure an occurrence rate of&lt;inline-formula&gt;&lt;tex-math&gt;&lt;CDATA/&gt;&lt;/tex-math&gt;&lt;math overflow='scroll'&gt;&lt;mn&gt;1&lt;/mn&gt;&lt;mo&gt;.&lt;/mo&gt;&lt;msubsup&gt;&lt;mrow&gt;&lt;mn&gt;9&lt;/mn&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mo&gt;−&lt;/mo&gt;&lt;mn&gt;1.4&lt;/mn&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mo&gt;+&lt;/mo&gt;&lt;mn&gt;2.6&lt;/mn&gt;&lt;/mrow&gt;&lt;/msubsup&gt;&lt;/math&gt;&lt;/inline-formula&gt;% for intermediate-age giant planets (&lt;inline-formula&gt;&lt;tex-math&gt;&lt;CDATA/&gt;&lt;/tex-math&gt;&lt;math overflow='scroll'&gt;&lt;mn&gt;0.3&lt;/mn&gt;&lt;msub&gt;&lt;mi&gt;M&lt;/mi&gt;&lt;mi mathvariant='normal'&gt;J&lt;/mi&gt;&lt;/msub&gt;&lt;mo&gt;&lt;&lt;/mo&gt;&lt;mi&gt;m&lt;/mi&gt;&lt;mi&gt;sin&lt;/mi&gt;&lt;mi&gt;i&lt;/mi&gt;&lt;mo&gt;&lt;&lt;/mo&gt;&lt;mn&gt;13&lt;/mn&gt;&lt;msub&gt;&lt;mi&gt;M&lt;/mi&gt;&lt;mi mathvariant='normal'&gt;J&lt;/mi&gt;&lt;/msub&gt;&lt;/math&gt;&lt;/inline-formula&gt;) within 2.5 au. This is lower than the field age occurrence rate for the same planet masses and separations and favors an increase in the prevalence of giant planets over time from ∼100 Myr to several Gyr, although our results cannot rule out a constant rate. A decaying planet occurrence rate is, however, strongly excluded. This suggests that giant planets located inside the water ice line originate from a combination of in situ formation or early migration coupled with longer-term inward scattering. The completeness-corrected prevalence of young hot Jupiters in our sample is&lt;inline-formula&gt;&lt;tex-math&gt;&lt;CDATA/&gt;&lt;/tex-math&gt;&lt;math overflow='scroll'&gt;&lt;mn&gt;1&lt;/mn&gt;&lt;mo&gt;.&lt;/mo&gt;&lt;msubsup&gt;&lt;mrow&gt;&lt;mn&gt;5&lt;/mn&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mo&gt;−&lt;/mo&gt;&lt;mn&gt;1.1&lt;/mn&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mo&gt;+&lt;/mo&gt;&lt;mn&gt;2.2&lt;/mn&gt;&lt;/mrow&gt;&lt;/msubsup&gt;&lt;/math&gt;&lt;/inline-formula&gt;% —similar to the rate for field stars—and the 95% upper limit for young brown dwarfs within 5000 days is &lt;3.6% .&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2108569; 2108493; 2108801</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>American Astronomical Society Journals</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>