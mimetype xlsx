--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,185 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10632295</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1111/nph.70357</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Seeing herbaria in a new light: leaf reflectance spectroscopy unlocks trait and classification modeling in plant biodiversity collections</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>White, Dawson M; Cavender‐Bares, Jeannine; Davis, Charles C; Guzmán_Q, J Antonio; Kothari, Shan; Robles, Jorge M; Meireles, José Eduardo</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-07-04T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>New Phytologist</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0028-646X</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Summary&lt;/title&gt; &lt;p&gt;&lt;list list-type='bullet'&gt;&lt;list-item&gt;&lt;p&gt;Reflectance spectroscopy is a rapid method for estimating traits and discriminating species. Spectral libraries from herbarium specimens represent an untapped resource for generating broad phenomic datasets across space, time, and taxa.&lt;/p&gt;&lt;/list-item&gt;&lt;list-item&gt;&lt;p&gt;We conducted a proof‐of‐concept study using trait data and spectra from herbarium specimens up to 179 yr old, alongside data from recently dried and pressed leaves. We validated model accuracy and transferability for trait prediction and taxonomic discrimination.&lt;/p&gt;&lt;/list-item&gt;&lt;list-item&gt;&lt;p&gt;Trait models from herbarium spectra predicted leaf mass per area (LMA) with&lt;italic&gt;R&lt;/italic&gt;&lt;sup&gt;2&lt;/sup&gt; = 0.94 and %RMSE = 4.86%. Models for LMA prediction were transferable between herbarium and pressed spectra, achieving&lt;italic&gt;R&lt;/italic&gt;&lt;sup&gt;2&lt;/sup&gt; = 0.88, %RMSE = 8.76% for herbarium to pressed spectra, and&lt;italic&gt;R&lt;/italic&gt;&lt;sup&gt;2&lt;/sup&gt; = 0.76, %RMSE = 10.5% for the reverse transfer. Discriminant models classified leaf spectra from 25 species with 74% accuracy, and classification probabilities were significantly associated with several herbarium specimen quality metrics.&lt;/p&gt;&lt;/list-item&gt;&lt;list-item&gt;&lt;p&gt;The results validate herbarium spectral data for trait prediction and taxonomic discrimination, and demonstrate that trait modeling can benefit from the complementary use of pressed‐leaf and herbarium‐leaf spectral datasets. These promising advancements help to justify the spectral digitization of plant biodiversity collections and support their application in broad ecological and evolutionary investigations.&lt;/p&gt;&lt;/list-item&gt;&lt;/list&gt;&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2021898</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Wiley</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>