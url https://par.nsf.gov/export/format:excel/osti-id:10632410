--- v0 (2025-11-02)
+++ v1 (2026-01-16)
@@ -125,51 +125,51 @@
   <si>
     <t>2025-09-01T04:00:00Z</t>
   </si>
   <si>
     <t>Acta Materialia</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
     <t>C</t>
   </si>
   <si>
     <t>121219</t>
   </si>
   <si>
     <t>1359-6454</t>
   </si>
   <si>
     <t>A cornerstone of materials science is that material properties are determined by their microstructure. While the community has already developed a wide variety of approaches to describe microstructure, most of these are tailored to specific material systems or classes. This work proposes a way to quantitatively measure the similarity of microstructures based on the geometry of the grain boundary network, a feature which is fundamental to and characteristic of all polycrystalline materials. Specifically, a distance on all single-phase polycrystalline microstructures is proposed such that two microstructures that are close with regard to the distance have grain boundary networks that are statistically similar in all geometric respects below a user-specified length scale. Given a pair of micrographs, the distance is approximated by sampling windows from the micrographs, defining a distance between pairs of windows, and finding a window matching that minimizes the sum of the pairwise window distances. The approach is used to compare a variety of synthetic microstructures and to develop a procedure to query a proof-of-concept database suitable for general single-phase polycrystalline microstructures.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2232967</t>
+    <t>2232967; 2232968</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Elsevier</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>