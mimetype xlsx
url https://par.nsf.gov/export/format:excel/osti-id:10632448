--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10632448</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1038/s41467-025-62691-0</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Nitrogen and CO2 enrichment interact to decrease biodiversity impact on complementarity and selection effects</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Huang, Mengjiao; Reich, Peter B; Wang, Shaopeng; Feng, Yanhao; Hong, Pubin; Barry, Kathryn E; He, Miao; Lyu, Shengman; Zhou, Shurong; Mohanbabu, Neha; Isbell, Forest; Hautier, Yann</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2025-12-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Nature Communications</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2041-1723</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;Global environmental change is causing a decline in biodiversity with profound implications for ecosystem functioning and stability. It remains unclear how global change factors interact to influence the effects of biodiversity on ecosystem functioning and stability. Here, using data from a 24-year experiment, we investigate the impacts of nitrogen (N) addition, enriched CO&lt;sub&gt;2&lt;/sub&gt;(eCO&lt;sub&gt;2&lt;/sub&gt;), and their interactions on the biodiversity-ecosystem functioning relationship (complementarity effects and selection effects), the biodiversity-ecosystem stability relationship (species asynchrony and species stability), and their connections. We show that biodiversity remains positively related to both ecosystem productivity (functioning) and its stability under N addition and eCO&lt;sub&gt;2&lt;/sub&gt;. However, the combination of N addition and eCO&lt;sub&gt;2&lt;/sub&gt;diminishes the effects of biodiversity on complementarity and selection effects. In contrast, N addition and eCO&lt;sub&gt;2&lt;/sub&gt;do not alter the relationship between biodiversity and either species asynchrony or species stability. Under ambient conditions, both complementarity and selection effects are negatively related to species asynchrony, but neither are related to species stability; these links persist under N addition and eCO&lt;sub&gt;2&lt;/sub&gt;. Our study offers insights into the underlying processes that sustain functioning and stability of biodiverse ecosystems in the face of global change.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2021898; 1831944</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2025</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Nature</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>