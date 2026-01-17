--- v0 (2025-11-02)
+++ v1 (2026-01-17)
@@ -125,51 +125,51 @@
   <si>
     <t>2025-01-01T05:00:00Z</t>
   </si>
   <si>
     <t>Journal of Machine Learning for Modeling and Computing</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>77 to 89</t>
   </si>
   <si>
     <t>2689-3967</t>
   </si>
   <si>
     <t>&lt;p&gt;Symbolic encoding has been used in multioperator learning (MOL) as a way to embed additional information for distinct time-series data. For spatiotemporal systems described by time-dependent partial differential equations (PDEs), the equation itself provides an additional modality to identify the system. The utilization of symbolic expressions alongside time-series samples allows for the development of multimodal predictive neural networks. A key challenge with current approaches is that the symbolic information, i.e., the equations, must be manually preprocessed (simplified, rearranged, etc.) to match and relate to the existing token library, which increases costs and reduces flexibility, especially when dealing with new differential equations. We propose a new token library based on SymPy to encode differential equations as an additional modality for time-series models. The proposed approach incurs minimal cost, is automated, and maintains high prediction accuracy for forecasting tasks. Additionally, we include a Bayesian filtering module that connects the different modalities to refine the learned equation. This improves the accuracy of the learned symbolic representation and the predicted time-series.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2427558</t>
+    <t>2427558; 2331033</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>begellhouse</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>